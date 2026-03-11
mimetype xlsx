--- v0 (2025-11-06)
+++ v1 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Heildarstig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
     <t>5. Frumkvæði</t>
   </si>
   <si>
@@ -365,60 +365,96 @@
   <si>
     <t>USK.2674.heilbrigðisfulltrúi</t>
   </si>
   <si>
     <t>USK.2674.heilbrigðisfulltrúi með sértæka ábyrgð</t>
   </si>
   <si>
     <t>USK.2674.deildarstjóri heilbrigðis/matvæla/umhverfiseftirlit</t>
   </si>
   <si>
     <t>USK.2674. verkefnastjóri vöktun</t>
   </si>
   <si>
     <t>USK.2674.verkefnisstjóri 1</t>
   </si>
   <si>
     <t>USK.2674.verkefnastjóri 2</t>
   </si>
   <si>
     <t>USK.2674.deildarstjóri framkvæmdir og viðhald</t>
   </si>
   <si>
     <t>USK.2674.deildarstjóri samgöngur og borgarhönnun</t>
   </si>
   <si>
-    <t>USK.2674.deildarstjóri sviðsstjóra</t>
+    <t>USK.2674.deildarstjóri skrifstofu sviðsstjóra</t>
   </si>
   <si>
     <t>USK.2674.deildarstjóri hjá skipulagsfulltrúa</t>
   </si>
   <si>
     <t>USK.2674.deildarstjóri skrifstofu umhverfisgæða</t>
   </si>
   <si>
     <t>USK.2650.flokkstjóri garðyrkjumanna.</t>
+  </si>
+  <si>
+    <t>USK.2675.verkefnisstjóri eignarstýringar</t>
+  </si>
+  <si>
+    <t>USK.2675.verkefnastjóri hitakerfa</t>
+  </si>
+  <si>
+    <t>USK.2675 verkefnastjóri umferðarljósa</t>
+  </si>
+  <si>
+    <t>USK.2679.deildarstjóri á skrifstofu mannauðs</t>
+  </si>
+  <si>
+    <t>USK.2020.deildarstjóri á skrifstofu mannauðs</t>
+  </si>
+  <si>
+    <t>USK.2679.garðyrkjustjóri</t>
+  </si>
+  <si>
+    <t>USK.2675.tækniþjónustustjóri</t>
+  </si>
+  <si>
+    <t>USK.2671.verkefnisstjóri loftslagsmála</t>
+  </si>
+  <si>
+    <t>USK.2679.hverfisþjónustustjóri</t>
+  </si>
+  <si>
+    <t>USK.2675.verkefnastjóri öryggismerkinga.</t>
+  </si>
+  <si>
+    <t>USK.2675.byggingartæknifræðingur, deildarstjóri.</t>
+  </si>
+  <si>
+    <t>USK.2675.deildarstjóri gatnadeildar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -722,51 +758,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q105"/>
+  <dimension ref="A1:Q118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3176,51 +3212,51 @@
       </c>
       <c r="M46">
         <v>4</v>
       </c>
       <c r="N46">
         <v>6</v>
       </c>
       <c r="O46">
         <v>6</v>
       </c>
       <c r="P46">
         <v>1</v>
       </c>
       <c r="Q46">
         <v>304</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>1239.99</v>
       </c>
       <c r="B47" t="s">
         <v>62</v>
       </c>
       <c r="C47">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D47">
         <v>6</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
         <v>4</v>
       </c>
       <c r="G47">
         <v>3</v>
       </c>
       <c r="H47">
         <v>5</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="J47">
         <v>4</v>
       </c>
       <c r="K47">
         <v>2</v>
       </c>
@@ -5660,550 +5696,583 @@
         <v>5</v>
       </c>
       <c r="K93">
         <v>2</v>
       </c>
       <c r="L93">
         <v>2</v>
       </c>
       <c r="M93">
         <v>4</v>
       </c>
       <c r="N93">
         <v>5</v>
       </c>
       <c r="O93">
         <v>6</v>
       </c>
       <c r="P93">
         <v>1</v>
       </c>
       <c r="Q93">
         <v>295</v>
       </c>
     </row>
     <row r="94" spans="1:17">
+      <c r="A94">
+        <v>2263.0</v>
+      </c>
       <c r="B94" t="s">
         <v>109</v>
       </c>
       <c r="C94">
         <v>634</v>
       </c>
       <c r="D94">
         <v>6</v>
       </c>
       <c r="E94">
         <v>5</v>
       </c>
       <c r="F94">
         <v>6</v>
       </c>
       <c r="G94">
         <v>4</v>
       </c>
       <c r="H94">
         <v>5</v>
       </c>
       <c r="I94">
         <v>2</v>
       </c>
       <c r="J94">
         <v>4</v>
       </c>
       <c r="K94">
         <v>2</v>
       </c>
       <c r="L94">
         <v>5</v>
       </c>
       <c r="M94">
         <v>2</v>
       </c>
       <c r="N94">
         <v>1</v>
       </c>
       <c r="O94">
         <v>3</v>
       </c>
       <c r="P94">
         <v>3</v>
       </c>
       <c r="Q94">
         <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:17">
+      <c r="A95">
+        <v>2263.0</v>
+      </c>
       <c r="B95" t="s">
         <v>110</v>
       </c>
       <c r="C95">
         <v>694</v>
       </c>
       <c r="D95">
         <v>7</v>
       </c>
       <c r="E95">
         <v>5</v>
       </c>
       <c r="F95">
         <v>6</v>
       </c>
       <c r="G95">
         <v>4</v>
       </c>
       <c r="H95">
         <v>6</v>
       </c>
       <c r="I95">
         <v>2</v>
       </c>
       <c r="J95">
         <v>4</v>
       </c>
       <c r="K95">
         <v>2</v>
       </c>
       <c r="L95">
         <v>5</v>
       </c>
       <c r="M95">
         <v>3</v>
       </c>
       <c r="N95">
         <v>1</v>
       </c>
       <c r="O95">
         <v>4</v>
       </c>
       <c r="P95">
         <v>3</v>
       </c>
       <c r="Q95">
         <v>287</v>
       </c>
     </row>
     <row r="96" spans="1:17">
+      <c r="A96">
+        <v>1229.13</v>
+      </c>
       <c r="B96" t="s">
         <v>111</v>
       </c>
       <c r="C96">
         <v>796</v>
       </c>
       <c r="D96">
         <v>8</v>
       </c>
       <c r="E96">
         <v>6</v>
       </c>
       <c r="F96">
         <v>6</v>
       </c>
       <c r="G96">
         <v>3</v>
       </c>
       <c r="H96">
         <v>7</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96">
         <v>5</v>
       </c>
       <c r="K96">
         <v>2</v>
       </c>
       <c r="L96">
         <v>5</v>
       </c>
       <c r="M96">
         <v>4</v>
       </c>
       <c r="N96">
         <v>5</v>
       </c>
       <c r="O96">
         <v>5</v>
       </c>
       <c r="P96">
         <v>2</v>
       </c>
       <c r="Q96">
         <v>306</v>
       </c>
     </row>
     <row r="97" spans="1:17">
+      <c r="A97">
+        <v>3112.99</v>
+      </c>
       <c r="B97" t="s">
         <v>112</v>
       </c>
       <c r="C97">
         <v>684</v>
       </c>
       <c r="D97">
         <v>7</v>
       </c>
       <c r="E97">
         <v>6</v>
       </c>
       <c r="F97">
         <v>6</v>
       </c>
       <c r="G97">
         <v>4</v>
       </c>
       <c r="H97">
         <v>6</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97">
         <v>5</v>
       </c>
       <c r="K97">
         <v>2</v>
       </c>
       <c r="L97">
         <v>4</v>
       </c>
       <c r="M97">
         <v>3</v>
       </c>
       <c r="N97">
         <v>2</v>
       </c>
       <c r="O97">
         <v>3</v>
       </c>
       <c r="P97">
         <v>2</v>
       </c>
       <c r="Q97">
         <v>285</v>
       </c>
     </row>
     <row r="98" spans="1:17">
+      <c r="A98">
+        <v>3112.99</v>
+      </c>
       <c r="B98" t="s">
         <v>113</v>
       </c>
       <c r="C98">
         <v>573</v>
       </c>
       <c r="D98">
         <v>7</v>
       </c>
       <c r="E98">
         <v>5</v>
       </c>
       <c r="F98">
         <v>5</v>
       </c>
       <c r="G98">
         <v>3</v>
       </c>
       <c r="H98">
         <v>5</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98">
         <v>5</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
         <v>2</v>
       </c>
       <c r="M98">
         <v>2</v>
       </c>
       <c r="N98">
         <v>1</v>
       </c>
       <c r="O98">
         <v>4</v>
       </c>
       <c r="P98">
         <v>1</v>
       </c>
       <c r="Q98">
         <v>263</v>
       </c>
     </row>
     <row r="99" spans="1:17">
+      <c r="A99">
+        <v>2429.07</v>
+      </c>
       <c r="B99" t="s">
         <v>114</v>
       </c>
       <c r="C99">
         <v>671</v>
       </c>
       <c r="D99">
         <v>7</v>
       </c>
       <c r="E99">
         <v>6</v>
       </c>
       <c r="F99">
         <v>5</v>
       </c>
       <c r="G99">
         <v>3</v>
       </c>
       <c r="H99">
         <v>6</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99">
         <v>5</v>
       </c>
       <c r="K99">
         <v>2</v>
       </c>
       <c r="L99">
         <v>3</v>
       </c>
       <c r="M99">
         <v>3</v>
       </c>
       <c r="N99">
         <v>3</v>
       </c>
       <c r="O99">
         <v>4</v>
       </c>
       <c r="P99">
         <v>2</v>
       </c>
       <c r="Q99">
         <v>282</v>
       </c>
     </row>
     <row r="100" spans="1:17">
+      <c r="A100">
+        <v>1239.99</v>
+      </c>
       <c r="B100" t="s">
         <v>115</v>
       </c>
       <c r="C100">
         <v>799</v>
       </c>
       <c r="D100">
         <v>8</v>
       </c>
       <c r="E100">
         <v>6</v>
       </c>
       <c r="F100">
         <v>6</v>
       </c>
       <c r="G100">
         <v>3</v>
       </c>
       <c r="H100">
         <v>7</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="J100">
         <v>5</v>
       </c>
       <c r="K100">
         <v>2</v>
       </c>
       <c r="L100">
         <v>3</v>
       </c>
       <c r="M100">
         <v>5</v>
       </c>
       <c r="N100">
         <v>6</v>
       </c>
       <c r="O100">
         <v>6</v>
       </c>
       <c r="P100">
         <v>1</v>
       </c>
       <c r="Q100">
         <v>307</v>
       </c>
     </row>
     <row r="101" spans="1:17">
+      <c r="A101">
+        <v>1239.99</v>
+      </c>
       <c r="B101" t="s">
         <v>116</v>
       </c>
       <c r="C101">
         <v>786</v>
       </c>
       <c r="D101">
         <v>8</v>
       </c>
       <c r="E101">
         <v>6</v>
       </c>
       <c r="F101">
         <v>6</v>
       </c>
       <c r="G101">
         <v>3</v>
       </c>
       <c r="H101">
         <v>7</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="J101">
         <v>5</v>
       </c>
       <c r="K101">
         <v>2</v>
       </c>
       <c r="L101">
         <v>3</v>
       </c>
       <c r="M101">
         <v>4</v>
       </c>
       <c r="N101">
         <v>6</v>
       </c>
       <c r="O101">
         <v>6</v>
       </c>
       <c r="P101">
         <v>1</v>
       </c>
       <c r="Q101">
         <v>304</v>
       </c>
     </row>
     <row r="102" spans="1:17">
+      <c r="A102">
+        <v>1239.99</v>
+      </c>
       <c r="B102" t="s">
         <v>117</v>
       </c>
       <c r="C102">
         <v>786</v>
       </c>
       <c r="D102">
         <v>8</v>
       </c>
       <c r="E102">
         <v>6</v>
       </c>
       <c r="F102">
         <v>6</v>
       </c>
       <c r="G102">
         <v>3</v>
       </c>
       <c r="H102">
         <v>7</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102">
         <v>5</v>
       </c>
       <c r="K102">
         <v>2</v>
       </c>
       <c r="L102">
         <v>3</v>
       </c>
       <c r="M102">
         <v>4</v>
       </c>
       <c r="N102">
         <v>6</v>
       </c>
       <c r="O102">
         <v>6</v>
       </c>
       <c r="P102">
         <v>1</v>
       </c>
       <c r="Q102">
         <v>304</v>
       </c>
     </row>
     <row r="103" spans="1:17">
+      <c r="A103">
+        <v>1239.99</v>
+      </c>
       <c r="B103" t="s">
         <v>118</v>
       </c>
       <c r="C103">
         <v>773</v>
       </c>
       <c r="D103">
         <v>8</v>
       </c>
       <c r="E103">
         <v>6</v>
       </c>
       <c r="F103">
         <v>6</v>
       </c>
       <c r="G103">
         <v>3</v>
       </c>
       <c r="H103">
         <v>7</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103">
         <v>5</v>
       </c>
       <c r="K103">
         <v>2</v>
       </c>
       <c r="L103">
         <v>3</v>
       </c>
       <c r="M103">
         <v>4</v>
       </c>
       <c r="N103">
         <v>5</v>
       </c>
       <c r="O103">
         <v>6</v>
       </c>
       <c r="P103">
         <v>1</v>
       </c>
       <c r="Q103">
         <v>302</v>
       </c>
     </row>
     <row r="104" spans="1:17">
+      <c r="A104">
+        <v>1239.99</v>
+      </c>
       <c r="B104" t="s">
         <v>119</v>
       </c>
       <c r="C104">
         <v>773</v>
       </c>
       <c r="D104">
         <v>8</v>
       </c>
       <c r="E104">
         <v>6</v>
       </c>
       <c r="F104">
         <v>6</v>
       </c>
       <c r="G104">
         <v>3</v>
       </c>
       <c r="H104">
         <v>7</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
       <c r="J104">
@@ -6260,50 +6329,739 @@
         <v>5</v>
       </c>
       <c r="J105">
         <v>3</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
         <v>2</v>
       </c>
       <c r="M105">
         <v>3</v>
       </c>
       <c r="N105">
         <v>1</v>
       </c>
       <c r="O105">
         <v>3</v>
       </c>
       <c r="P105">
         <v>4</v>
       </c>
       <c r="Q105">
         <v>250</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17">
+      <c r="A106">
+        <v>3112.99</v>
+      </c>
+      <c r="B106" t="s">
+        <v>121</v>
+      </c>
+      <c r="C106">
+        <v>591</v>
+      </c>
+      <c r="D106">
+        <v>6</v>
+      </c>
+      <c r="E106">
+        <v>4</v>
+      </c>
+      <c r="F106">
+        <v>5</v>
+      </c>
+      <c r="G106">
+        <v>3</v>
+      </c>
+      <c r="H106">
+        <v>5</v>
+      </c>
+      <c r="I106">
+        <v>1</v>
+      </c>
+      <c r="J106">
+        <v>4</v>
+      </c>
+      <c r="K106">
+        <v>1</v>
+      </c>
+      <c r="L106">
+        <v>3</v>
+      </c>
+      <c r="M106">
+        <v>2</v>
+      </c>
+      <c r="N106">
+        <v>4</v>
+      </c>
+      <c r="O106">
+        <v>4</v>
+      </c>
+      <c r="P106">
+        <v>2</v>
+      </c>
+      <c r="Q106">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17">
+      <c r="A107">
+        <v>3112.99</v>
+      </c>
+      <c r="B107" t="s">
+        <v>122</v>
+      </c>
+      <c r="C107">
+        <v>658</v>
+      </c>
+      <c r="D107">
+        <v>7</v>
+      </c>
+      <c r="E107">
+        <v>5</v>
+      </c>
+      <c r="F107">
+        <v>5</v>
+      </c>
+      <c r="G107">
+        <v>3</v>
+      </c>
+      <c r="H107">
+        <v>5</v>
+      </c>
+      <c r="I107">
+        <v>1</v>
+      </c>
+      <c r="J107">
+        <v>5</v>
+      </c>
+      <c r="K107">
+        <v>2</v>
+      </c>
+      <c r="L107">
+        <v>3</v>
+      </c>
+      <c r="M107">
+        <v>3</v>
+      </c>
+      <c r="N107">
+        <v>4</v>
+      </c>
+      <c r="O107">
+        <v>4</v>
+      </c>
+      <c r="P107">
+        <v>2</v>
+      </c>
+      <c r="Q107">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
+      <c r="A108">
+        <v>3112.99</v>
+      </c>
+      <c r="B108" t="s">
+        <v>123</v>
+      </c>
+      <c r="C108">
+        <v>658</v>
+      </c>
+      <c r="D108">
+        <v>7</v>
+      </c>
+      <c r="E108">
+        <v>5</v>
+      </c>
+      <c r="F108">
+        <v>5</v>
+      </c>
+      <c r="G108">
+        <v>3</v>
+      </c>
+      <c r="H108">
+        <v>5</v>
+      </c>
+      <c r="I108">
+        <v>1</v>
+      </c>
+      <c r="J108">
+        <v>5</v>
+      </c>
+      <c r="K108">
+        <v>2</v>
+      </c>
+      <c r="L108">
+        <v>3</v>
+      </c>
+      <c r="M108">
+        <v>3</v>
+      </c>
+      <c r="N108">
+        <v>4</v>
+      </c>
+      <c r="O108">
+        <v>4</v>
+      </c>
+      <c r="P108">
+        <v>2</v>
+      </c>
+      <c r="Q108">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
+      <c r="A109">
+        <v>1239.99</v>
+      </c>
+      <c r="B109" t="s">
+        <v>124</v>
+      </c>
+      <c r="C109">
+        <v>713</v>
+      </c>
+      <c r="D109">
+        <v>7</v>
+      </c>
+      <c r="E109">
+        <v>6</v>
+      </c>
+      <c r="F109">
+        <v>5</v>
+      </c>
+      <c r="G109">
+        <v>3</v>
+      </c>
+      <c r="H109">
+        <v>6</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="J109">
+        <v>5</v>
+      </c>
+      <c r="K109">
+        <v>2</v>
+      </c>
+      <c r="L109">
+        <v>4</v>
+      </c>
+      <c r="M109">
+        <v>5</v>
+      </c>
+      <c r="N109">
+        <v>5</v>
+      </c>
+      <c r="O109">
+        <v>3</v>
+      </c>
+      <c r="P109">
+        <v>1</v>
+      </c>
+      <c r="Q109">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17">
+      <c r="A110">
+        <v>1239.99</v>
+      </c>
+      <c r="B110" t="s">
+        <v>125</v>
+      </c>
+      <c r="C110">
+        <v>713</v>
+      </c>
+      <c r="D110">
+        <v>7</v>
+      </c>
+      <c r="E110">
+        <v>6</v>
+      </c>
+      <c r="F110">
+        <v>5</v>
+      </c>
+      <c r="G110">
+        <v>3</v>
+      </c>
+      <c r="H110">
+        <v>6</v>
+      </c>
+      <c r="I110">
+        <v>1</v>
+      </c>
+      <c r="J110">
+        <v>5</v>
+      </c>
+      <c r="K110">
+        <v>2</v>
+      </c>
+      <c r="L110">
+        <v>4</v>
+      </c>
+      <c r="M110">
+        <v>5</v>
+      </c>
+      <c r="N110">
+        <v>5</v>
+      </c>
+      <c r="O110">
+        <v>3</v>
+      </c>
+      <c r="P110">
+        <v>1</v>
+      </c>
+      <c r="Q110">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17">
+      <c r="A111">
+        <v>1239.99</v>
+      </c>
+      <c r="B111" t="s">
+        <v>126</v>
+      </c>
+      <c r="C111">
+        <v>752</v>
+      </c>
+      <c r="D111">
+        <v>7</v>
+      </c>
+      <c r="E111">
+        <v>6</v>
+      </c>
+      <c r="F111">
+        <v>6</v>
+      </c>
+      <c r="G111">
+        <v>3</v>
+      </c>
+      <c r="H111">
+        <v>7</v>
+      </c>
+      <c r="I111">
+        <v>1</v>
+      </c>
+      <c r="J111">
+        <v>5</v>
+      </c>
+      <c r="K111">
+        <v>2</v>
+      </c>
+      <c r="L111">
+        <v>3</v>
+      </c>
+      <c r="M111">
+        <v>5</v>
+      </c>
+      <c r="N111">
+        <v>5</v>
+      </c>
+      <c r="O111">
+        <v>5</v>
+      </c>
+      <c r="P111">
+        <v>1</v>
+      </c>
+      <c r="Q111">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
+      <c r="A112">
+        <v>1239.99</v>
+      </c>
+      <c r="B112" t="s">
+        <v>127</v>
+      </c>
+      <c r="C112">
+        <v>752</v>
+      </c>
+      <c r="D112">
+        <v>7</v>
+      </c>
+      <c r="E112">
+        <v>6</v>
+      </c>
+      <c r="F112">
+        <v>6</v>
+      </c>
+      <c r="G112">
+        <v>3</v>
+      </c>
+      <c r="H112">
+        <v>7</v>
+      </c>
+      <c r="I112">
+        <v>1</v>
+      </c>
+      <c r="J112">
+        <v>5</v>
+      </c>
+      <c r="K112">
+        <v>2</v>
+      </c>
+      <c r="L112">
+        <v>3</v>
+      </c>
+      <c r="M112">
+        <v>5</v>
+      </c>
+      <c r="N112">
+        <v>5</v>
+      </c>
+      <c r="O112">
+        <v>5</v>
+      </c>
+      <c r="P112">
+        <v>1</v>
+      </c>
+      <c r="Q112">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17">
+      <c r="A113">
+        <v>3112.99</v>
+      </c>
+      <c r="B113" t="s">
+        <v>128</v>
+      </c>
+      <c r="C113">
+        <v>591</v>
+      </c>
+      <c r="D113">
+        <v>6</v>
+      </c>
+      <c r="E113">
+        <v>4</v>
+      </c>
+      <c r="F113">
+        <v>5</v>
+      </c>
+      <c r="G113">
+        <v>3</v>
+      </c>
+      <c r="H113">
+        <v>5</v>
+      </c>
+      <c r="I113">
+        <v>1</v>
+      </c>
+      <c r="J113">
+        <v>4</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113">
+        <v>3</v>
+      </c>
+      <c r="M113">
+        <v>2</v>
+      </c>
+      <c r="N113">
+        <v>4</v>
+      </c>
+      <c r="O113">
+        <v>4</v>
+      </c>
+      <c r="P113">
+        <v>2</v>
+      </c>
+      <c r="Q113">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17">
+      <c r="A114">
+        <v>1239.99</v>
+      </c>
+      <c r="B114" t="s">
+        <v>129</v>
+      </c>
+      <c r="C114">
+        <v>752</v>
+      </c>
+      <c r="D114">
+        <v>7</v>
+      </c>
+      <c r="E114">
+        <v>6</v>
+      </c>
+      <c r="F114">
+        <v>6</v>
+      </c>
+      <c r="G114">
+        <v>3</v>
+      </c>
+      <c r="H114">
+        <v>7</v>
+      </c>
+      <c r="I114">
+        <v>1</v>
+      </c>
+      <c r="J114">
+        <v>5</v>
+      </c>
+      <c r="K114">
+        <v>2</v>
+      </c>
+      <c r="L114">
+        <v>3</v>
+      </c>
+      <c r="M114">
+        <v>5</v>
+      </c>
+      <c r="N114">
+        <v>5</v>
+      </c>
+      <c r="O114">
+        <v>5</v>
+      </c>
+      <c r="P114">
+        <v>1</v>
+      </c>
+      <c r="Q114">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
+      <c r="A115">
+        <v>1239.99</v>
+      </c>
+      <c r="B115" t="s">
+        <v>129</v>
+      </c>
+      <c r="C115">
+        <v>752</v>
+      </c>
+      <c r="D115">
+        <v>7</v>
+      </c>
+      <c r="E115">
+        <v>6</v>
+      </c>
+      <c r="F115">
+        <v>6</v>
+      </c>
+      <c r="G115">
+        <v>3</v>
+      </c>
+      <c r="H115">
+        <v>7</v>
+      </c>
+      <c r="I115">
+        <v>1</v>
+      </c>
+      <c r="J115">
+        <v>5</v>
+      </c>
+      <c r="K115">
+        <v>2</v>
+      </c>
+      <c r="L115">
+        <v>3</v>
+      </c>
+      <c r="M115">
+        <v>5</v>
+      </c>
+      <c r="N115">
+        <v>5</v>
+      </c>
+      <c r="O115">
+        <v>5</v>
+      </c>
+      <c r="P115">
+        <v>1</v>
+      </c>
+      <c r="Q115">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
+      <c r="A116">
+        <v>2149.97</v>
+      </c>
+      <c r="B116" t="s">
+        <v>130</v>
+      </c>
+      <c r="C116">
+        <v>658</v>
+      </c>
+      <c r="D116">
+        <v>7</v>
+      </c>
+      <c r="E116">
+        <v>6</v>
+      </c>
+      <c r="F116">
+        <v>5</v>
+      </c>
+      <c r="G116">
+        <v>3</v>
+      </c>
+      <c r="H116">
+        <v>5</v>
+      </c>
+      <c r="I116">
+        <v>1</v>
+      </c>
+      <c r="J116">
+        <v>5</v>
+      </c>
+      <c r="K116">
+        <v>2</v>
+      </c>
+      <c r="L116">
+        <v>3</v>
+      </c>
+      <c r="M116">
+        <v>2</v>
+      </c>
+      <c r="N116">
+        <v>3</v>
+      </c>
+      <c r="O116">
+        <v>5</v>
+      </c>
+      <c r="P116">
+        <v>2</v>
+      </c>
+      <c r="Q116">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17">
+      <c r="A117">
+        <v>2142.02</v>
+      </c>
+      <c r="B117" t="s">
+        <v>131</v>
+      </c>
+      <c r="C117">
+        <v>672</v>
+      </c>
+      <c r="D117">
+        <v>8</v>
+      </c>
+      <c r="E117">
+        <v>5</v>
+      </c>
+      <c r="F117">
+        <v>5</v>
+      </c>
+      <c r="G117">
+        <v>3</v>
+      </c>
+      <c r="H117">
+        <v>6</v>
+      </c>
+      <c r="I117">
+        <v>1</v>
+      </c>
+      <c r="J117">
+        <v>5</v>
+      </c>
+      <c r="K117">
+        <v>1</v>
+      </c>
+      <c r="L117">
+        <v>1</v>
+      </c>
+      <c r="M117">
+        <v>3</v>
+      </c>
+      <c r="N117">
+        <v>5</v>
+      </c>
+      <c r="O117">
+        <v>5</v>
+      </c>
+      <c r="P117">
+        <v>5</v>
+      </c>
+      <c r="Q117">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17">
+      <c r="A118">
+        <v>1239.99</v>
+      </c>
+      <c r="B118" t="s">
+        <v>132</v>
+      </c>
+      <c r="C118">
+        <v>786</v>
+      </c>
+      <c r="D118">
+        <v>8</v>
+      </c>
+      <c r="E118">
+        <v>6</v>
+      </c>
+      <c r="F118">
+        <v>6</v>
+      </c>
+      <c r="G118">
+        <v>3</v>
+      </c>
+      <c r="H118">
+        <v>7</v>
+      </c>
+      <c r="I118">
+        <v>1</v>
+      </c>
+      <c r="J118">
+        <v>5</v>
+      </c>
+      <c r="K118">
+        <v>2</v>
+      </c>
+      <c r="L118">
+        <v>3</v>
+      </c>
+      <c r="M118">
+        <v>4</v>
+      </c>
+      <c r="N118">
+        <v>6</v>
+      </c>
+      <c r="O118">
+        <v>6</v>
+      </c>
+      <c r="P118">
+        <v>1</v>
+      </c>
+      <c r="Q118">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>