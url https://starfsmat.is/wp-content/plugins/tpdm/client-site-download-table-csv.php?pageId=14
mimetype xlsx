--- v0 (2025-11-26)
+++ v1 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
     <t>5. Frumkvæði</t>
   </si>
   <si>
@@ -136,50 +136,57 @@
   </si>
   <si>
     <t>&lt;h3&gt;Slökkviliðsstjóri A - (sólarhringsvakt + sjúkraflutningar)&lt;/h3&gt;
 Gerð er krafa um löggildingu sem slökkviliðsmaður og að hafa starfað sem slíkur í að lágmarki eitt ár ellegar að hafa sérmenntun í brunavörnum á háskólastigi. Slökkviliðsstjóri hefur yfirumsjón með slökkviliði sem felur í sér yfirgripsmikla ábyrgð á fjármunum og búnaði, mikil mannaforráð og yfirábyrgð sem snýr að rekstri, vinnuskipulagi og útköllum slökkviliðs sem slökkviliðsstjóri er í forsvari fyrir. Slökkvilið sem slökkviliðsstjóri ber ábyrgð á er með starfsmenn á sólahringsvakt og sjúkraflutninga.</t>
   </si>
   <si>
     <t>Slökkviliðsmaður með löggildingu</t>
   </si>
   <si>
     <t>&lt;h3&gt;Slökkviliðsmaður með löggildingu&lt;/h3&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi aukin ökuréttindi. Gerð er krafa um að starfsmaður hafi lokið slökkviliðsnámi auk starfstengdra námskeiða. Starfsmaður sinnir fjölþættum verkefnum vegna slökkviliðs undir handleiðslu reyndari slökkviliðsmanna.</t>
   </si>
   <si>
     <t>Slökkviliðsmaður fornám</t>
   </si>
   <si>
     <t>&lt;h3&gt;Slökkviliðsmaður fornám&lt;/h3&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf. Gerð er krafa um að starfsmaður hafi lokið fornámi slökkviliðsmanna. Starfsmaður sinnir fjölþættum verkefnum vegna slökkviliðs undir handleiðslu reyndari slökkviliðsmanna.</t>
   </si>
   <si>
     <t>Slökkviliðs- og sjúkraflutningarmaður (EMT-B)</t>
   </si>
   <si>
     <t>&lt;h3&gt;Slökkviliðs- og sjúkraflutningarmaður (EMT-B)&lt;/h3&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi aukin ökuréttindi. Gerð er krafa um að starfsmaður hafi lokið slökkviliðsnámi og grunnmenntun fyrir sjúkraflutninga EMT-B auk starfstengdra námskeiða. Starfsmaður sinnir fjölþættum verkefnum vegna slökkviliðs og sjúkraflutninga undir handleiðslu reyndari samstarfsfólks.</t>
+  </si>
+  <si>
+    <t>Slökkviliðsmaður / Atvinnuslökkviliðsmaður</t>
+  </si>
+  <si>
+    <t>&lt;strong&gt;Slökkviliðsmaður - atvinnuslökkvisliðsmaður  &lt;/strong&gt;
+Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi aukin ökuréttindi. Gerð er krafa um að starfsmaður hafi a.m.k. þriggja ára starfsreynslu og hafi lokið fornámi og atvinnunámi slökkviliðsmanna auk fjölmargra starfstengdra námskeiða. Starfsmaður sinnir fjölþættum verkefnum er snúa að starfi slökkvilisins.</t>
   </si>
   <si>
     <t>Slökkviliðs- og sjúkraflutningamaður (EMT-I)</t>
   </si>
   <si>
     <t>&lt;h3&gt;Slökkviliðs- og sjúkraflutningamaður (EMT-I)&lt;/h3&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi aukin ökuréttindi. Gerð er krafa um að starfsmaður hafi a.m.k. þriggja ára starfsreynslu og hafi lokið fornámi og atvinnunámi slökkviliðsmanna og EMT-B og EMT-I menntun í sjúkraflutningum auk fjölmargra starfstengdra námskeiða. Starfsmaður sinnir fjölþættum verkefnum vegna slökkviliðs og sjúkraflutninga.</t>
   </si>
   <si>
     <t>Sjúkraflutningarmaður með neyðarflutninganám (EMT-I)</t>
   </si>
   <si>
     <t>&lt;h3&gt;Sjúkraflutningarmaður með neyðarflutninganám (EMT-I)&lt;/h3&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi aukin ökuréttindi. Gerð er krafa um að starfsmaður hafi a.m.k. þriggja ára starfsreynslu og hafi lokið fornámi og atvinnunámi slökkviliðsmanna og EMT-B og EMT-I menntun í sjúkraflutningum auk fjölmargra starfstengdra námskeiða. Starfsmaður sinnir fjölþættum verkefnum vegna sjúkraflutninga.</t>
   </si>
   <si>
     <t>Slökkviliðs-og sjúkraflutningamaður (EMT-P)</t>
   </si>
   <si>
     <t>&lt;strong&gt;Slökkviliðs- og sjúkraflutningamaður (EMT-P) (596 stig)&lt;/strong&gt;
 Gerð er krafa um að starfsmaður sé iðnmenntaður og/eða með stúdentspróf og hafi að aukin ökuréttindi.  Gerð er krafa um löggildingu í sjúkraflutningum EMT-B , neyðarflutningamenntun EMT-I og þriggja ára starfsaldur eftir grunnnám (EMT-B). Bráðatæknanám / diplómanám á háskólastigi. Starfsmaður sinnir fjölþættum verkefnum vegna slökkviliðs og sjúkraflutninga.  Hann ber faglega ábyrgð á meðferð sjúkra- og slasaðra á vettvangi og hefur leiðbeinendaskyldu til nema í sjúkraflutningum, sjúkraflutningamanna með grunn- og neyðarflutningamenntun og annarra heilbrigðisstarfsmanna í starfsþjálfun.</t>
   </si>
   <si>
     <t>Sjúkraflutningamaður (EMT-B)</t>
   </si>
@@ -552,51 +559,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R21"/>
+  <dimension ref="A1:R22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1234,51 +1241,51 @@
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>1</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>150</v>
       </c>
       <c r="R12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
-        <v>5169.52</v>
+        <v>5169.51</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13">
         <v>542</v>
       </c>
       <c r="D13">
         <v>5</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>4</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
@@ -1290,275 +1297,275 @@
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>1</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>150</v>
       </c>
       <c r="R13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
-        <v>5169.53</v>
+        <v>5169.52</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14">
-        <v>596</v>
+        <v>542</v>
       </c>
       <c r="D14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14">
         <v>4</v>
       </c>
       <c r="G14">
         <v>4</v>
       </c>
       <c r="H14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I14">
         <v>4</v>
       </c>
       <c r="J14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>1</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="R14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
-        <v>5169.54</v>
+        <v>5169.53</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15">
-        <v>496</v>
+        <v>596</v>
       </c>
       <c r="D15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F15">
         <v>4</v>
       </c>
       <c r="G15">
         <v>4</v>
       </c>
       <c r="H15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I15">
         <v>4</v>
       </c>
       <c r="J15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N15">
         <v>1</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="R15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
-        <v>3151.03</v>
+        <v>5169.54</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16">
-        <v>597</v>
+        <v>496</v>
       </c>
       <c r="D16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N16">
         <v>1</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="R16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
-        <v>5161.08</v>
+        <v>3151.03</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17">
-        <v>555</v>
+        <v>597</v>
       </c>
       <c r="D17">
         <v>5</v>
       </c>
       <c r="E17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>1</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="R17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
-        <v>5161.09</v>
+        <v>5161.08</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18">
         <v>555</v>
       </c>
       <c r="D18">
         <v>5</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18">
         <v>4</v>
       </c>
       <c r="G18">
         <v>4</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
@@ -1570,214 +1577,270 @@
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>1</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>152</v>
       </c>
       <c r="R18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
-        <v>5161.1</v>
+        <v>5161.09</v>
       </c>
       <c r="B19" t="s">
         <v>52</v>
       </c>
       <c r="C19">
-        <v>610</v>
+        <v>555</v>
       </c>
       <c r="D19">
         <v>5</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G19">
         <v>4</v>
       </c>
       <c r="H19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N19">
         <v>1</v>
       </c>
       <c r="O19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="R19" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
-        <v>1229.61</v>
+        <v>5161.1</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20">
-        <v>732</v>
+        <v>610</v>
       </c>
       <c r="D20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="R20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
-        <v>1229.62</v>
+        <v>1229.61</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21">
-        <v>795</v>
+        <v>732</v>
       </c>
       <c r="D21">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E21">
         <v>6</v>
       </c>
       <c r="F21">
         <v>6</v>
       </c>
       <c r="G21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H21">
         <v>6</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>5</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="R21" t="s">
         <v>57</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18">
+      <c r="A22">
+        <v>1229.62</v>
+      </c>
+      <c r="B22" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22">
+        <v>795</v>
+      </c>
+      <c r="D22">
+        <v>7</v>
+      </c>
+      <c r="E22">
+        <v>6</v>
+      </c>
+      <c r="F22">
+        <v>6</v>
+      </c>
+      <c r="G22">
+        <v>4</v>
+      </c>
+      <c r="H22">
+        <v>6</v>
+      </c>
+      <c r="I22">
+        <v>2</v>
+      </c>
+      <c r="J22">
+        <v>5</v>
+      </c>
+      <c r="K22">
+        <v>3</v>
+      </c>
+      <c r="L22">
+        <v>4</v>
+      </c>
+      <c r="M22">
+        <v>6</v>
+      </c>
+      <c r="N22">
+        <v>4</v>
+      </c>
+      <c r="O22">
+        <v>5</v>
+      </c>
+      <c r="P22">
+        <v>2</v>
+      </c>
+      <c r="Q22">
+        <v>186</v>
+      </c>
+      <c r="R22" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>