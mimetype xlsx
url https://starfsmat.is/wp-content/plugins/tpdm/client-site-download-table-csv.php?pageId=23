--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -118,83 +118,83 @@
   <si>
     <t>Forstöðumaður frístundamála</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-18 Forstöðumaður frístundamála &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði uppeldis- og/eða menntamála. Einnig er krafist framhaldsmenntunar á háskólastigi eða viðamikillar stjórnunarreynslu. Starfið felur í sér yfirumsjón með skipulagi frístundamála hjá sveitarfélagi og forstöðu tveggja eða fleiri starfseininga. Starfið felur í sér ábyrgð á velferð einstaklinga og hópa vegna þeirrar þjónustu sem veitt er og hefur starfsmaður vítt umboð til athafna og ákvörðunartöku á sérsviðinu. Starfsmaður ber einnig ábyrgð á fjármunum og hefur mannaforráð. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-21</t>
   </si>
   <si>
     <t>Forstöðumaður 1 í búsetu- eða dagþjónustu/Forstöðuþroskaþjálfi 1 í búsetu- eða dagþjónustu</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-21 Forstöðumaður 1 í búsetu- eða dagþjónustu / Forstöðuþroskaþjálfi 1 í búsetu- eða dagþjónustu&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunarreynslu. Starfið felur í sér yfirumsjón með búsetu- eða dagþjónustu, ábyrgð á fjármunum og mannaforráð. Starfinu fylgir ábyrgð á velferð fólks vegna þeirrar þjónustu sem veit er. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræði sveitarfélagsins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-39</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - Almannatengill/upplýsingastjóri</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-39 Verkefnastjóri 3 - almannatengill/upplýsingastjóri&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun auk umfangsmikillar reynslu af almannatengslum og/eða frétta- og blaðamennsku. Starfið felur í sér viðvarandi verkefnastjórnun, umsjón með verkefnum sem tengjast upplýsingamiðlun innan stjórnkerfis sveitarfélags sem og út á við til almennings.  Starfið gerir kröfur um sérstaka færni starfsmanns í upplýsingagjöf, námskeiðahaldi auk færni í að koma fram opinberlega fyrir hönd sveitarfélags. Starfið felur í sér verulega ábyrgð á upplýsingum og/eða upplýsingakerfum sveitarfélags og gerir kröfu um mjög sjálfstæð vinnubrögð og mikið frumkvæði. Starfsmaður ber skilgreinda ábyrgð á stefnumótun varðandi upplýsingatækni og upplýsingagjöf sveitarfélags&lt;/em&gt;
+Gerð er krafa um að starfsmaður hafi háskólamenntun auk umfangsmikillar reynslu af almannatengslum og/eða frétta- og blaðamennsku. Starfið felur í sér viðvarandi verkefnastjórnun, umsjón með verkefnum sem tengjast upplýsingamiðlun innan stjórnkerfis sveitarfélags sem og út á við til almennings.  Starfið gerir kröfur um sérstaka færni starfsmanns í upplýsingagjöf, námskeiðahaldi auk færni í að koma fram opinberlega fyrir hönd sveitarfélags. Starfið felur í sér verulega ábyrgð á upplýsingum og/eða upplýsingakerfum sveitarfélags og gerir kröfu um mjög sjálfstæð vinnubrögð og mikið frumkvæði. Starfsmaður ber skilgreinda ábyrgð á stefnumótun varðandi upplýsingatækni og upplýsingagjöf sveitarfélags. Starfið felur í sér verulega ábyrgð á upplýsingum og/eða upplýsingakerfum
 &amp;nbsp;</t>
   </si>
   <si>
     <t>BHM-42</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - í virkni-, mennta- eða velferðarúrræðum</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;/h3&gt;
 &lt;h3&gt;&lt;strong&gt;BHM-42 Verkefnastjóri með sértæka ábyrgð – í virkni, mennta og/eða velferðarúrræðum&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhaldsháskólapróf á heilbrigðis-, mennta- eða félagsvísindasviði. Starfið felur í sér viðvarandi verkefnastjórnun, og verkefni sem tengjast ráðgjöf, greiningu og meðferð einstaklinga og/eða hópa í virkni- og/eða velferðarúrræðum. Starfsmaður ber ábyrgð á að meta þjónustuþörf og skipuleggja velferðarúrræði sem hafa áhrif á vellíðan og velferð einstaklinga eða hópa. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-70</t>
   </si>
   <si>
     <t>Verkefnastjóri - velferð</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-70 Verkefnastjóri – velferð &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem felur t.d. í sér framkvæmd starfsgetumats, aðstoð við atvinnuleit eða virkniúrræði, persónulegan stuðning og samskipti við einstaklinga sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. &lt;/em&gt;</t>
+Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem felur t.d. í sér framkvæmd starfsgetumats, aðstoð við atvinnuleit eða virkniúrræði, persónulegan stuðning og samskipti við einstaklinga sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni.</t>
   </si>
   <si>
     <t>BHM-75</t>
   </si>
   <si>
     <t>Sérfræðingur - velferð</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-75 Sérfræðingur – velferð &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem getur t.d. falið í sér tilsjón á heimilum eða margþætta aðstoð og stuðning við notendur þjónustu. Starfsmaður er í samskiptum við notendur og/eða nemendur sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. Í starfinu getur falist að veita notendum þjónustu inni á heimili þeirra.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Gerð er krafa um færni til að túlka flóknar upplýsingar og vinna að langtímaáætlunum. Starfið felur í sér ábyrgð á velferðarúrræði sem getur t.d. falið í sér tilsjón á heimilum eða margþætta aðstoð og stuðning við notendur þjónustu. Starfsmaður er í samskiptum við notendur og/eða nemendur sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. Í starfinu getur falist að veita notendum þjónustu inni á heimili þeirra. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-87</t>
   </si>
   <si>
     <t>Ráðgjafi í barnavernd</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-87 Ráðgjafi í barnavernd &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhalds háskólamenntun á sviði félags-, mennta og eða/heilbrigðisvísinda s.s. uppeldis-, sál- og/eða félagsfræði auk reynslu af barnaverndarmálum. Starfið felur í sér ábyrgð á verkefnum sem eru t.d. barnaverndarmál, flókin fjölskyldumál og mál hælisleitenda. Starfsmaður greinir og metur flóknar þarfir skjólstæðinga, skipuleggur þjónustuna og samhæfir hana. Starfið felur í sér talsverða beina ábyrgð á málastjórn, leiðsögn, samræmingu og þjálfun til annarra starfsmanna. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;&lt;strong&gt;
 &lt;/strong&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -823,93 +823,93 @@
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>177</v>
       </c>
       <c r="S5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6">
         <v>2413.99</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
-        <v>648</v>
+        <v>661</v>
       </c>
       <c r="E6">
         <v>7</v>
       </c>
       <c r="F6">
         <v>5</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6">
         <v>3</v>
       </c>
       <c r="I6">
         <v>7</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6">
         <v>5</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>
       <c r="Q6">
         <v>1</v>
       </c>
       <c r="R6">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7">
         <v>2446.97</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7">
         <v>681</v>
       </c>
       <c r="E7">
         <v>7</v>
       </c>
       <c r="F7">
         <v>5</v>
       </c>
       <c r="G7">
@@ -941,152 +941,152 @@
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>170</v>
       </c>
       <c r="S7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8">
         <v>2446.97</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
         <v>4</v>
       </c>
       <c r="G8">
         <v>6</v>
       </c>
       <c r="H8">
         <v>3</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
         <v>2446.03</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>582</v>
+        <v>608</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G9">
         <v>6</v>
       </c>
       <c r="H9">
         <v>3</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>1</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>2446.99</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
         <v>698</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>5</v>
       </c>
       <c r="G10">