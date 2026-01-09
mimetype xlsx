--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -143,58 +143,58 @@
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-13 Deildarstjóri 1 – umhverfisstjóri &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólapróf auk umfangsmikillar stjórnunarreynslu eða framhaldsmenntunar á háskólastigi. Starfið felur í sér yfirumsjón með deild/málaflokki og felur það í sér mannaforráð, ábyrgð á fjármunum, umhverfismálum og fjölbreyttum og mjög verðmætum svæðum. Ábyrgðin nær m.a. til nýtingar og mótunar útivistarsvæða. Starfið felur einnig í sér ábyrgð á stefnumótun í málaflokki umhverfismála&lt;/em&gt;.</t>
   </si>
   <si>
     <t>BHM-36</t>
   </si>
   <si>
     <t>Arkitekt/skipulagsfræðingur</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-36 Arkitekt / Skipulagsfræðingur&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi starfsréttindi sem arkitekt, skipulagsfræðingur eða hafi aðra menntun sem nýtist í starfi. Starfið felur í sér beina ábyrgð á framkvæmd og eftirliti með framfylgni laga og reglugerða sem fjalla um heilsu, öryggi eða velferð almennings. Starfsmaður ber ábyrgð á verkefnum sem tengjast skipulagsmálum og meðferð þeirra í stjórnsýslu sveitarfélags, einnig fylgir starfinu mjög mikil ábyrgð á byggingum, landareignum og svæðum sveitarfélagsins. Starfsmaður ber ábyrgð á stefnumótun varðandi mannvirki og landsvæði sveitarfélagsins.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-38</t>
   </si>
   <si>
     <t>Umsjónarnáttúrufræðingur</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-38 Umsjónarnáttúrufræðingur&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðisvísinda, raunvísinda eða sambærilega menntun auk sérnáms eða verulegrar starfs og stjórnunarreynslu. Starfið felur í sér viðvarandi verkefnastjórnun, og vinnu við verkefni sem tengjast t.d. mengunarvörnum, umhverfisvöktun og umhverfismálum. Starfsmaður hefur eftirlit með að farið sé eftir lögum og reglugerðum t.d. reglugerðum um atvinnurekstur og/eða um meðhöndlun úrgangs og spilliefna o.s.frv. og ber ábyrgð á tækjum og búnaði til mælinga og rannsókna. Starfsmaður hefur aðkomu að stefnumótun í þessum málaflokki. &lt;/em&gt;</t>
   </si>
   <si>
-    <t>BHM-40</t>
+    <t>BHM- 40</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - mannauðsmál og/eða fræðslumál</t>
   </si>
   <si>
-    <t>&lt;h3&gt;&lt;strong&gt;BHM-40 Verkefnastjóri 3 – mannauðsmál og/eða fræðslumál&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags. &lt;/em&gt;</t>
+    <t>&lt;strong&gt;BHM-40-Verkefnastjóri 3 - mannauðsmál og/eða fræðslumál &lt;/strong&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun sem nýtist í starfi auk ásamt mikilli starfs- og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-44</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - fornleifar</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-44 Verkefnastjóri með sértæka ábyrgð – fornleifar&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér verkefni sem tengjast utanumhaldi verkefna tengdum skráningu, kennslu og/eða rannsóknum.   Gerðar eru kröfum um mikla nákvæmni við meðhöndlun viðkvæmra muna Starfsmaður ber ábyrgð á verkfærum og tækjum sem notuð eru í starfi og hefur aðkomu að stefnumótun. &lt;/em&gt;
 &amp;nbsp;</t>
   </si>
   <si>
     <t>BHM-45</t>
   </si>
   <si>
     <t>Yfirnáttúrufræðingur - heilbrigðisfulltrúi</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-45 Yfirnáttúrufræðingur – heilbrigðisfulltrúi &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðisvísinda, raunvísinda, verkfræði eða sambærilega menntun auk réttinda til að starfa sem heilbrigðisfulltrúi. Starfið felur í sér töluverða nákvæmnisvinnu við sýnatöku og greiningar þeirra. Starfsmaður vinnur verkefni sem tengjast heilbrigðiseftirliti, sér um innleiðingu og hefur eftirlit með framfylgni laga og reglugerða sem varða heilsu, öryggi og velferð almennings. Það er á ábyrgðarsviði starfsmanns að vinna að stefnumótun heilbrigðiseftirlits sem snýr að velferð almennings. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-46</t>
   </si>
@@ -238,51 +238,51 @@
   <si>
     <t>BHM-74</t>
   </si>
   <si>
     <t xml:space="preserve">Deildarstjóri almannavarna </t>
   </si>
   <si>
     <t>BHM-92</t>
   </si>
   <si>
     <t>Verkefnastjóri 2 - Verkefnastjóri með sértæka ábyrgð - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-92 Verkefnastjóri 2 – Verkefnastjóri með sértæka ábyrgð – Tækni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfur um að starfsmaður hafi háskólamenntun á sviði byggingartæknifræði, tæknifræði eða sambærilega menntun sem nýtist í starfi. Starfsmaður vinnur verkefni sem tengjast tækni og/eða byggingar og/eða skipulagsmálum sveitarfélags. Starfinu fylgir ábyrgð - Starfið felur í sér viðvarandi verkefnastjórnun, ábyrgð á fjármunum og eignum og upplýsingum. Starfið getur falið í sér aðkomu að stefnumótun.&lt;/em&gt;
 &lt;em&gt; &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-94</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-94 Verkefnastjóri 3 - Tækni&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um háskólamenntun í verk- tækni eða byggingarfræði. Starfsmaður hefur yfirumsjón með verkefnum sem hann verkstýrir. Starfinu fylgir einhver ábyrgð á fjármunum, viðvarandi verkefnastjórnun og mikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur aðkomu að stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að hafa lokið háskólamenntun í verk- tækni eða byggingarfræði ásamt mikilli starfs-og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfsmaður hefur yfirumsjón með verkefnum sem hann verkstýrir. Starfinu fylgir einhver ábyrgð á fjármunum, viðvarandi verkefnastjórnun og mikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur aðkomu að stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-95</t>
   </si>
   <si>
     <t>Forstöðurmaður 3 - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-95 Forstöðumaður 3 – Tækni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um háskólamenntun í verk- tækni eða byggingarfræði&lt;/em&gt; &lt;em&gt;auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunar og/eða rekstrar reynslu. Starfsmaður hefur yfirumsjón með einingu sem hann er í forstöðu fyrir. Starfinu fylgir ábyrgð á fjármunum, mannaforráð og umfangsmikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur einnig í sér ábyrgð á stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir.&lt;/em&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -1087,93 +1087,93 @@
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>168</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
         <v>2412.96</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="E9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
         <v>6</v>
       </c>
       <c r="H9">
         <v>3</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>1</v>
       </c>
       <c r="R9">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>2442.97</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
         <v>588</v>
       </c>
       <c r="E10">
         <v>6</v>
       </c>
       <c r="F10">
         <v>5</v>
       </c>
       <c r="G10">
@@ -1618,93 +1618,93 @@
       </c>
       <c r="P17">
         <v>5</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
         <v>160</v>
       </c>
       <c r="S17" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18">
         <v>2142.97</v>
       </c>
       <c r="B18" t="s">
         <v>66</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="E18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F18">
         <v>6</v>
       </c>
       <c r="G18">
         <v>5</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18">
         <v>5</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>
       <c r="R18">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="S18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19">
         <v>1239.99</v>
       </c>
       <c r="B19" t="s">
         <v>69</v>
       </c>
       <c r="C19" t="s">
         <v>70</v>
       </c>
       <c r="D19">
         <v>752</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>6</v>
       </c>
       <c r="G19">