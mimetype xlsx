--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -232,69 +232,79 @@
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-69 Héraðsskjalavörður 1&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða og hafi sérhæfða þekkingu á skjalavörslu, þekkingu á lögum, reglum og samþykktum er gilda um opinbera skjalavörslu. Starfið felur í sér ábyrgð á stjórnun og rekstri héraðsskjalasafns í einu sveitarfélagi. Starfsmaður stýrir varðveislu, innheimtu og viðtöku opinberra skjala sveitafélags, ásamt því að hafa umsjón með og stýra lögbundnu eftirliti með skjalavörslu. Starfinu fylgir ábyrgð á safnkosti og fjármunum. Starfsmaður hefur mannaforráð og kemur að stefnumótun sem snýr að safninu en heyrir undir yfirstjórn sveitarfélags.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-36</t>
   </si>
   <si>
     <t>Arkitekt/skipulagsfræðingur</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-36 Arkitekt/skipulagsfræðingur&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi starfsréttindi sem arkitekt, skipulagsfræðingur eða hafi aðra menntun sem nýtist í starfi. Starfið felur í sér beina ábyrgð á framkvæmd og eftirliti með framfylgni laga og reglugerða sem fjalla um heilsu, öryggi eða velferð almennings. Starfsmaður ber ábyrgð á verkefnum sem tengjast skipulagsmálum og meðferð þeirra í stjórnsýslu sveitarfélags, einnig fylgir starfinu mjög mikil ábyrgð á byggingum, landareignum og svæðum sveitarfélagsins. Starfsmaður ber ábyrgð á stefnumótun varðandi mannvirki og landsvæði sveitarfélagsins.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-37</t>
   </si>
   <si>
     <t>Skrifstofustjóri 2/rekstrarstjóri</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-37  Skrifstofustjóri 2/Rekstrarstjóri&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér ábyrgð á verkefnum sem tengjast rekstri og bókhaldi skrifstofu, ráðgjöf til stjórnenda varðandi rekstur og eftirlit með nýtingu fjármagns skrifstofunnar. Starfið felur í sér ábyrgð með öðrum á tekju- og/eða útgjaldaliðum og fjárhagsramma sem er mjög hár. Einnig felst í starfinu verkstjórnun starfsmanna. Starfsmaður hefur aðkomu að stefnumótun er varðar fjárhagslega hagsmuni sveitarfélags. &lt;/em&gt;</t>
   </si>
   <si>
+    <t>BHM-39</t>
+  </si>
+  <si>
+    <t>Verkefnastjóri 3 - Almannatengill/upplýsingastjóri</t>
+  </si>
+  <si>
+    <t>&lt;strong&gt;BHM-39- Verkefnastjóri 3 - Almannatengill/upplýsingastjóri &lt;/strong&gt;
+Gerð er krafa um að starfsmaður hafi háskólamenntun auk umfangsmikillar reynslu af almannatengslum og/eða frétta- og blaðamennsku. Starfið felur í sér viðvarandi verkefnastjórnun, umsjón með verkefnum sem tengjast upplýsingamiðlun innan stjórnkerfis sveitarfélags sem og út á við til almennings.  Starfið gerir kröfur um sérstaka færni starfsmanns í upplýsingagjöf, námskeiðahaldi auk færni í að koma fram opinberlega fyrir hönd sveitarfélags. Starfið felur í sér verulega ábyrgð á upplýsingum og/eða upplýsingakerfum sveitarfélags og gerir kröfu um mjög sjálfstæð vinnubrögð og mikið frumkvæði. Starfsmaður ber skilgreinda ábyrgð á stefnumótun varðandi upplýsingatækni og upplýsingagjöf sveitarfélags .</t>
+  </si>
+  <si>
     <t>BHM-40</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - mannauðsmál og/eða fræðslumál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;em&gt; &lt;/em&gt;&lt;strong&gt;BHM-40 Verkefnastjóri 3 – mannauðsmál og/eða fræðslumál&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags. &lt;/em&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun sem nýtist í starfi auk ásamt mikilli starfs- og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags.   &lt;/em&gt;
 &amp;nbsp;</t>
   </si>
   <si>
     <t>BHM-41</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - Fjármál og/eða stjórnsýsla</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-41 Verkefnastjóri 3 – fjármál og/eða stjórnsýsla &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á fjármálasviði eða annað sambærilegt nám sem nýtist í starfi auk víðtækrar reynslu af rekstri. Starfið felur í sér verkefni sem tengjast, fjármálum, rekstri og/eða málefnum tengdum stjórnsýslu. Starfsmaður veitir ráðgjöf og leiðsögn í tengslum við stefnu og markmið stofnunar/ sveitarfélags um fjárhagslega hagsmuni. Starfið felur í sér meðhöndlun og úrvinnslu umfangsmikilla skráa.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á fjármálasviði eða annað sambærilegt nám sem nýtist í starfi auk víðtækrar reynslu af rekstri. Starfið felur í sér viðvarandi verkefnastjórnun varðandi verkefni sem tengjast, fjármálum, rekstri og/eða málefnum tengdum stjórnsýslu. Starfsmaður veitir ráðgjöf og leiðsögn í tengslum við stefnu og markmið stofnunar/ sveitarfélags um fjárhagslega hagsmuni. Starfið felur í sér meðhöndlun og úrvinnslu umfangsmikilla skráa. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-42</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - í virkni-, mennta- eða velferðarúrræðum</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-42 Verkefnastjóri með sértæka ábyrgð – í virkni og/eða velferðarúrræðum &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhaldsháskólapróf á heilbrigðis-, mennta- eða félagsvísindasviði. Starfið felur í sér viðvarandi verkefnastjórnun, og verkefni sem tengjast ráðgjöf, greiningu og meðferð einstaklinga og/eða hópa í virkni- og/eða velferðarúrræðum. Starfsmaður ber ábyrgð á að meta þjónustuþörf og skipuleggja velferðarúrræði sem hafa áhrif á vellíðan og velferð einstaklinga eða hópa. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-47</t>
   </si>
   <si>
     <t>Forstöðumaður 3 - forstöðumaður safns og/eða menningarstofnunar</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-47 Forstöðumaður 3 – forstöðumaður safns og/eða menningarstofnunar &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi meistarapróf í myndlist, listfræði, safnafræði eða öðru sambærilegu námi. Starfið felur í sér forstöðu fyrir safni eða menningarstofnun og ber starfsmaður er &lt;/em&gt;&lt;em&gt;með mannaforráð&lt;/em&gt; &lt;em&gt;og ber&lt;/em&gt; &lt;em&gt;ábyrgð á stjórnun og rekstri þeirrar stofnunar. Starfið felur í sér yfirábyrgð á safngripum, vörslu og miðlun lista- og menningarverðmæta. Starfsmaður ber ábyrgð á stefnumótun varðandi safnið/ menningarstofnunina. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-48</t>
   </si>
   <si>
@@ -310,131 +320,131 @@
   <si>
     <t>Sérfæðingur á safni með umsjón með listmunum / fornmunum</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-57 Náttúrufræðingur/ Sérfræðingur &lt;em&gt;á safni með umsjón með listmunum / fornmunum&lt;/em&gt;&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í líffræði eða aðra háskálamenntun sem nýtist í starfi ásamt góðri færni til að tjá sig í ræðu og riti á fleiri en einu tungumáli. Starfið felur í sér töluverða nákvæmni við sýnatöku,  greiningu og meðhöndlun listmuna/fornmuna. Starfið felur í sér miðlun upplýsinga og fræðslu til safngesta. Starfsmaður ber ábyrgð á safnkosti og kemur að stefnumótun hvað varðar þróun og framsetningu safnamuna.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-61</t>
   </si>
   <si>
     <t>Deildarstjóri þjónustu í velferð/Yfirþroskaþjálfi í málefnum fatlaðra</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-61 Deildarstjóri þjónustu í velferð/Yfirþroskaþjálfi í málefnum fatlaðra&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér vinnu með notendum þjónustu sem búa við fjölþætt vandamál t.d. líkamlegar og/eða andlegar fatlanir og fíknivanda. Starfinu fylgir ábyrgð á velferð fólks, mannaforráð og ábyrgð á upplýsingum. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-63</t>
   </si>
   <si>
     <t>Deildarstjóri þjónustu frístund barna/unglinga</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-63 Forstöðumaður í frístund barna/unglinga&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði uppeldis-, tómstundafræða eða aðra háskólamenntun sem nýtist í starfi. &lt;/em&gt;&lt;em&gt;Starfsmaður er með mannaforráð og&lt;/em&gt; &lt;em&gt;ber&lt;/em&gt;&lt;em&gt; ábyrgð á daglegri verkstjórn frístundaheimilis/fél&lt;/em&gt;&lt;em&gt;agsmiðstöðvar og skipulagningu á  frístundastarfi barna og/eða unglinga. Það er í höndum starfsmannsins að skipuleggja og móta  frístunda- eða félagsstarfið. Starfið felur í sér talsverða verkstjórn, leiðsögn, samræmingu og þjálfun annarra starfsmanna. Starfið felur einnig í sér þátttöku í stefnumótun er varðar málaflokkinn.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði uppeldis-, tómstundafræða eða aðra háskólamenntun sem nýtist í starfi. Starfsmaður er með mannaforráð og ber ábyrgð á daglegri verkstjórn frístundaheimilis/félagsmiðstöðvar og skipulagningu á  frístundastarfi barna og/eða unglinga. Það er í höndum starfsmannsins að skipuleggja og móta  frístunda- eða félagsstarfið. Starfið felur í sér talsverða verkstjórn, leiðsögn, samræmingu og þjálfun annarra starfsmanna. Starfið felur einnig í sér þátttöku í stefnumótun er varðar málaflokkinn. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-64</t>
   </si>
   <si>
     <t>Skjalastjóri</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-64 Skjalastjóri&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða og þekkingu á skjalastýringu og skjalavistunarkerfum. Starfið felur í sér viðvarandi verkefnastjórnun, umsjón með faglegri vinnu við söfnun, móttöku, skráningu og varðveislu skjala og miðlægri og samræmdri skjalastýringu. Starfið felur í sér umsjón með skjalakerfi og skjalavistunaráætlun sveitarfélagsins. Það er hlutverk starfsmanns að leiðbeina stjórnendum og starfsmönnum á sviði skjalavistunar. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-65</t>
   </si>
   <si>
     <t>Safnstjóri almenningsbókasafns 1</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-65 Safnstjóri almenningsbókasafns 1 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í bókasafns- og upplýsingafræði eða hafi sambærilega háskólamenntun sem nýtist í starfi. Starfið felur í sér ábyrgð á daglegum rekstri og þjónustu almenningsbókasafns, ábyrgð á fjármunum og mannaforráðum yfir nokkrum starfsmönnum. Starfsmaður ber ábyrgð á safnkosti og húsnæði safnsinsog tekur þátt í stefnumótun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-66</t>
   </si>
   <si>
     <t>Safnstjóri skólasafns</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-66 Safnstjóri skólasafns &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða, ásamt færni í kennslu. Starfið felur í sér umsjón með skólasafni og skipulagningu á fræðslu og kennslu á safninu, og er með viðarandi verkefnastjórnun. Safnstjóri er ábyrgur fyrir safnkosti og innkaupum á honum. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-68</t>
   </si>
   <si>
     <t>Deildarstjóri á bókasafni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-68 Deildarstjóri á bókasafni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfu um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða. Starfið felur í sér umsjón með daglegri starfsemi deildar innan safnsins. Starfsmaður skipuleggur og vinnur að uppbyggingu safnkosts og veitir ráðgjöf og leiðsögn til notenda safns, samstarfsfólks og listamanna vegna viðburða. Starfsmaður heldur utan um stærri afmörkuð verkefni innan safnsins og er ábyrgur fyrir einhverjum fjármunum (minniháttar útgjöldum), safnkosti og teymisstjórnun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-70</t>
   </si>
   <si>
     <t>Verkefnastjóri - velferð</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-70 Verkefnastjóri – velferð &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem felur t.d. í sér framkvæmd starfsgetumats, aðstoð við atvinnuleit eða virkniúrræði, persónulegan stuðning og samskipti við einstaklinga sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. &lt;/em&gt;</t>
+Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem felur t.d. í sér framkvæmd starfsgetumats, aðstoð við atvinnuleit eða virkniúrræði, persónulegan stuðning og samskipti við einstaklinga sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni.</t>
   </si>
   <si>
     <t>BHM-72</t>
   </si>
   <si>
     <t>Verkefnastjóri - tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-72 Verkefnastjóri – tækni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfu um að starfsmaður hafi háskólamenntun sem nýtist í starfi og tæknikunnátta er nauðsynleg. Starfið felur í sér ráðgjöf, greiningu upplýsinga t.d. vegna stórra útboða, innkaupa og innleiðingu á tækninýjungum og bilanagreininga. Starfsmaður ber ábyrgð á búnaði og tæknimálum. Starfið felur jafnframt í sér þátttöku í stefnumótun er varðar upplýsingatæknimál.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-73</t>
   </si>
   <si>
     <t>Verkefnastjóri umhverfismála</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-73 Verkefnastjóri umhverfismála&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfu um að starfsmaður hafi háskólamenntun sem nýtist í starfi og reynslu af stjórnun og náttúruvernd. Starfið felur í sér umsjón með umhverfismálum og málefnum á sviði náttúruverndar. Starfið felur í sér viðvarandi verkefnastjórnun, áætlanagerð og framkvæmd útboða vegna verkefna sem heyra undir umhverfismál. Verkefnastjóri hefur umsjón með málefnum á sviði landbúnaðar, veitir formlega ráðgjöf, sinnir samningagerð og eftirfylgni með að samningar séu uppfylltir&lt;/em&gt;. &lt;em&gt;Verkefnastjóri vinnur að stefnumótun í málaflokknum.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-75</t>
   </si>
   <si>
     <t>Sérfræðingur - velferð</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-75 Sérfræðingur – velferð&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Starfið felur í sér ábyrgð á velferðarúrræði sem getur t.d. falið í sér tilsjón á heimilum eða margþætta aðstoð og stuðning við notendur þjónustu. Starfsmaður er í samskiptum við notendur og/eða nemendur sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. Í starfinu getur falist að veita notendum þjónustu inni á heimili þeirra.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Gerð er krafa um færni til að túlka flóknar upplýsingar og vinna að langtímaáætlunum. Starfið felur í sér ábyrgð á velferðarúrræði sem getur t.d. falið í sér tilsjón á heimilum eða margþætta aðstoð og stuðning við notendur þjónustu. Starfsmaður er í samskiptum við notendur og/eða nemendur sem krefjast umönnunar, þjálfunar og/eða ráðgjafar frá starfsmanni. Í starfinu getur falist að veita notendum þjónustu inni á heimili þeirra. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-76</t>
   </si>
   <si>
     <t>Sérfræðingur á safni - skjalavörður</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-76 Sérfræðingur á safni – skjalavörður &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfsmaður þarf að greina minjar, vinna að heimildaöflun um safnkost, skrá safnkost o.fl. Starfið felur í sér ábyrgð á kynningum, fræðslu, ráðgjöf og leiðsögn um sýningar og safnkost. Starfsmaður er ábyrgur fyrir upplýsingum/gögnum/safnkosti og upplýsingakerfum og sér um notkun og nýtingu hluta þessara gagna.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-79</t>
   </si>
   <si>
     <t>Skrifstofustjóri 1 - skólafulltrúi</t>
   </si>
   <si>
     <t>&amp;nbsp;
 &lt;h3&gt;&lt;strong&gt;BHM-79 Skrifstofustjóri 1- skólafulltrúi&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér ráðgjöf til stjórnenda og starfsmanna sveitarfélags, ásamt færni á sviði fræðslu og miðlunar. Starfsmaður þarf að miðla upplýsingum, halda kynningar og er ábyrgur fyrir upplýsingum og vefumsjónarkerfi.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-81</t>
   </si>
@@ -448,77 +458,77 @@
   </si>
   <si>
     <t>BHM-85</t>
   </si>
   <si>
     <t>Ráðgjafi í málefnum fatlaðs fólks</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-85 Ráðgjafi í málefnum fatlaðs fólks &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi starfsréttindi í þroskaþjálfun auk mikillar starfs og stjórnunarreynslu eða starfsréttindi í félagsráðgjöf. Starfið felur í sér viðvarandi verkefnastjórnun, ábyrgð á fjölskyldu- eða einstaklingsmálum og starfsmaður er tengiliður við forstöðumenn starfstöðva. Starfsmaður annast móttöku og úrvinnslu umsókna um þjónustu og metur þjónustuþörf. Starfsmaður tekur þátt í stefnumótun, þróun, og nýsköpun í málaflokknum. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-87</t>
   </si>
   <si>
     <t>Ráðgjafi í barnavernd</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-87 Ráðgjafi í barnavernd &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhalds háskólamenntun á sviði félags-, mennta og eða/heilbrigðisvísinda s.s. uppeldis-, sál- og/eða félagsfræði auk reynslu af barnaverndarmálum. Starfið felur í sér ábyrgð á verkefnum sem eru t.d. barnaverndarmál, flókin fjölskyldumál og mál hælisleitenda. Starfsmaður greinir og metur flóknar þarfir skjólstæðinga, skipuleggur þjónustuna og samhæfir hana. Starfið felur í sér talsverða beina ábyrgð á málastjórn, leiðsögn, samræmingu og þjálfun til annarra starfsmanna. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-89</t>
   </si>
   <si>
-    <t>Sérfræðingur í málefnum fatlaðra á öryggisheimili</t>
+    <t>Sérfræðingur/ Þroskaþjálfi / Iðjuþjálfi í málefnum fatlaðra á öryggisheimili</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-89 Sérfræðingur í málefnum fatlaðra á öryggisheimili &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér að starfsmaður þarf að hafa afar mikilla færni á sviði umönnunar, fræðslu og ráðgjafar. Starfsmaður vinnur greiningar, einstaklings- og hópáætlanir fyrir íbúa. Starfsmaður sinnir íbúum sem þurfa aðstoð við athafnir daglegs lífs og geta þeir verið mjög ógnandi og sýnt af sér andfélagslega hegðun. Starfsmaður þarf að vinna við aðstæður sem teljast mjög óþægilegar, ógeðfelldar eða hættulegar stóran hluta vinnutímans. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.  &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-92</t>
   </si>
   <si>
     <t>Verkefnastjóri 2 - Verkefnastjóri með sértæka ábyrgð - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;em&gt; &lt;/em&gt;&lt;/h3&gt;
 &lt;h3&gt;&lt;strong&gt;BHM-92 Verkefnastjóri 2 – Verkefnastjóri með sértæka ábyrgð – Tækni
 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfur um að starfsmaður hafi háskólamenntun á sviði byggingartæknifræði, tæknifræði eða sambærilega menntun sem nýtist í starfi. Starfsmaður vinnur verkefni sem tengjast tækni og/eða byggingar og/eða skipulagsmálum sveitarfélags. Starfinu fylgir ábyrgð - Starfið felur í sér viðvarandi verkefnastjórnun, ábyrgð á fjármunum og eignum og upplýsingum. Starfið getur falið í sér aðkomu að stefnumótun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-94</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-94 Verkefnastjóri 3 – Tækni &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um háskólamenntun í verk- tækni eða byggingarfræði. Starfsmaður hefur yfirumsjón með verkefnum sem hann verkstýrir. Starfinu fylgir einhver ábyrgð á fjármunum, viðvarandi verkefnastjórnun og mikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur aðkomu að stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að hafa lokið háskólamenntun í verk- tækni eða byggingarfræði ásamt mikilli starfs-og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfsmaður hefur yfirumsjón með verkefnum sem hann verkstýrir. Starfinu fylgir einhver ábyrgð á fjármunum, viðvarandi verkefnastjórnun og mikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur aðkomu að stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-95</t>
   </si>
   <si>
     <t>Forstöðurmaður 3 - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-95 Forstöðumaður 3 – Tækni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um háskólamenntun í verk- tækni eða byggingarfræði&lt;/em&gt; &lt;em&gt;auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunar og/eða rekstrar reynslu. Starfsmaður hefur yfirumsjón með einingu sem hann er í forstöðu fyrir. Starfinu fylgir ábyrgð á fjármunum, mannaforráð og umfangsmikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur einnig í sér ábyrgð á stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM 100</t>
   </si>
   <si>
     <t>Atferlisfræðingur</t>
   </si>
   <si>
     <t>Gerð er krafa um meistaragráðu í hagnýtri atferlisgreiningu. Einnig er gerð krafa um reynslu af ráðgjöf
 og vinnu með börnum með þroskafrávik og/eða hegðunarvanda.
 Starfið felur í sér að greina og meta færni og hegðun notenda/nemenda og meta hvort þörf er á
 utanaðkomandi sérfræðiaðstoð. Starfsfólk ber ábyrgð á gera einstaklingsmiðaðar áætlanir og sinnir
 ráðgjöf, stuðningi og miðlun upplýsinga til notenda /nemenda, forráðarmanna og starfsfólki skólatitle popup text</t>
   </si>
   <si>
@@ -854,51 +864,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S44"/>
+  <dimension ref="A1:S45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1867,1639 +1877,1698 @@
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>5</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>1</v>
       </c>
       <c r="R17">
         <v>159</v>
       </c>
       <c r="S17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18">
-        <v>2412.96</v>
+        <v>2413.99</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>68</v>
       </c>
       <c r="D18">
-        <v>601</v>
+        <v>661</v>
       </c>
       <c r="E18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F18">
         <v>5</v>
       </c>
       <c r="G18">
         <v>6</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18">
         <v>5</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q18">
         <v>1</v>
       </c>
       <c r="R18">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="S18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19">
-        <v>2419.97</v>
+        <v>2412.96</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>5</v>
       </c>
       <c r="G19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H19">
         <v>3</v>
       </c>
       <c r="I19">
         <v>6</v>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <v>5</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>1</v>
       </c>
       <c r="R19">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="S19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20">
-        <v>2446.97</v>
+        <v>2419.97</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20" t="s">
         <v>74</v>
       </c>
       <c r="D20">
-        <v>681</v>
+        <v>638</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
         <v>5</v>
       </c>
       <c r="G20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20">
         <v>6</v>
       </c>
       <c r="J20">
         <v>1</v>
       </c>
       <c r="K20">
         <v>5</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R20">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="S20" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21">
-        <v>1229.2</v>
+        <v>2446.97</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
       <c r="C21" t="s">
         <v>77</v>
       </c>
       <c r="D21">
-        <v>703</v>
+        <v>681</v>
       </c>
       <c r="E21">
         <v>7</v>
       </c>
       <c r="F21">
         <v>5</v>
       </c>
       <c r="G21">
         <v>6</v>
       </c>
       <c r="H21">
         <v>3</v>
       </c>
       <c r="I21">
         <v>6</v>
       </c>
       <c r="J21">
         <v>1</v>
       </c>
       <c r="K21">
         <v>5</v>
       </c>
       <c r="L21">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R21">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="S21" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22">
-        <v>1239.09</v>
+        <v>1229.2</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
       <c r="C22" t="s">
         <v>80</v>
       </c>
       <c r="D22">
-        <v>666</v>
+        <v>703</v>
       </c>
       <c r="E22">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F22">
         <v>5</v>
       </c>
       <c r="G22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H22">
         <v>3</v>
       </c>
       <c r="I22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J22">
         <v>1</v>
       </c>
       <c r="K22">
         <v>5</v>
       </c>
       <c r="L22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>5</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q22">
         <v>1</v>
       </c>
       <c r="R22">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23">
-        <v>2211.18</v>
+        <v>1239.09</v>
       </c>
       <c r="B23" t="s">
         <v>82</v>
       </c>
       <c r="C23" t="s">
         <v>83</v>
       </c>
       <c r="D23">
-        <v>575</v>
+        <v>666</v>
       </c>
       <c r="E23">
         <v>6</v>
       </c>
       <c r="F23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G23">
         <v>5</v>
       </c>
       <c r="H23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I23">
         <v>5</v>
       </c>
       <c r="J23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R23">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="S23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24">
-        <v>2446.99</v>
+        <v>2211.18</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
       <c r="C24" t="s">
         <v>86</v>
       </c>
       <c r="D24">
-        <v>654</v>
+        <v>575</v>
       </c>
       <c r="E24">
         <v>6</v>
       </c>
       <c r="F24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G24">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I24">
         <v>5</v>
       </c>
       <c r="J24">
         <v>2</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O24">
         <v>1</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="S24" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25">
-        <v>3460.99</v>
+        <v>2446.99</v>
       </c>
       <c r="B25" t="s">
         <v>88</v>
       </c>
       <c r="C25" t="s">
         <v>89</v>
       </c>
       <c r="D25">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="E25">
         <v>6</v>
       </c>
       <c r="F25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H25">
         <v>3</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="S25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26">
-        <v>2431.99</v>
+        <v>3460.99</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>92</v>
       </c>
       <c r="D26">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="E26">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H26">
         <v>3</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R26">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="S26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27">
-        <v>2432.99</v>
+        <v>2431.99</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27">
-        <v>638</v>
+        <v>599</v>
       </c>
       <c r="E27">
         <v>7</v>
       </c>
       <c r="F27">
         <v>5</v>
       </c>
       <c r="G27">
         <v>5</v>
       </c>
       <c r="H27">
         <v>3</v>
       </c>
       <c r="I27">
         <v>5</v>
       </c>
       <c r="J27">
         <v>1</v>
       </c>
       <c r="K27">
         <v>5</v>
       </c>
       <c r="L27">
         <v>1</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O27">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q27">
         <v>1</v>
       </c>
       <c r="R27">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="S27" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28">
         <v>2432.99</v>
       </c>
       <c r="B28" t="s">
         <v>97</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G28">
         <v>5</v>
       </c>
       <c r="H28">
         <v>3</v>
       </c>
       <c r="I28">
         <v>5</v>
       </c>
       <c r="J28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P28">
         <v>4</v>
       </c>
       <c r="Q28">
         <v>1</v>
       </c>
       <c r="R28">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="S28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29">
         <v>2432.99</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
       <c r="C29" t="s">
         <v>101</v>
       </c>
       <c r="D29">
-        <v>586</v>
+        <v>622</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>4</v>
       </c>
       <c r="G29">
         <v>5</v>
       </c>
       <c r="H29">
         <v>3</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
         <v>2</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>2</v>
       </c>
       <c r="P29">
         <v>4</v>
       </c>
       <c r="Q29">
         <v>1</v>
       </c>
       <c r="R29">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="S29" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30">
-        <v>2446.97</v>
+        <v>2432.99</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
       <c r="C30" t="s">
         <v>104</v>
       </c>
       <c r="D30">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="E30">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F30">
         <v>4</v>
       </c>
       <c r="G30">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H30">
         <v>3</v>
       </c>
       <c r="I30">
         <v>5</v>
       </c>
       <c r="J30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R30">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="S30" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31">
-        <v>2139.97</v>
+        <v>2446.97</v>
       </c>
       <c r="B31" t="s">
         <v>106</v>
       </c>
       <c r="C31" t="s">
         <v>107</v>
       </c>
       <c r="D31">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I31">
         <v>5</v>
       </c>
       <c r="J31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N31">
         <v>2</v>
       </c>
       <c r="O31">
         <v>1</v>
       </c>
       <c r="P31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R31">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="S31" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32">
-        <v>2219.97</v>
+        <v>2139.97</v>
       </c>
       <c r="B32" t="s">
         <v>109</v>
       </c>
       <c r="C32" t="s">
         <v>110</v>
       </c>
       <c r="D32">
-        <v>627</v>
+        <v>578</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32">
         <v>5</v>
       </c>
       <c r="G32">
         <v>5</v>
       </c>
       <c r="H32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I32">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J32">
         <v>2</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>1</v>
       </c>
       <c r="M32">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O32">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R32">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="S32" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33">
-        <v>2446.03</v>
+        <v>2219.97</v>
       </c>
       <c r="B33" t="s">
         <v>112</v>
       </c>
       <c r="C33" t="s">
         <v>113</v>
       </c>
       <c r="D33">
-        <v>582</v>
+        <v>627</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H33">
         <v>3</v>
       </c>
       <c r="I33">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M33">
         <v>4</v>
       </c>
       <c r="N33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R33">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="S33" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34">
-        <v>2431.99</v>
+        <v>2446.03</v>
       </c>
       <c r="B34" t="s">
         <v>115</v>
       </c>
       <c r="C34" t="s">
         <v>116</v>
       </c>
       <c r="D34">
-        <v>539</v>
+        <v>608</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G34">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H34">
         <v>3</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34">
         <v>1</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R34">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="S34" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35">
-        <v>2413.99</v>
+        <v>2431.99</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
         <v>119</v>
       </c>
       <c r="D35">
-        <v>575</v>
+        <v>539</v>
       </c>
       <c r="E35">
         <v>6</v>
       </c>
       <c r="F35">
         <v>4</v>
       </c>
       <c r="G35">
         <v>5</v>
       </c>
       <c r="H35">
         <v>3</v>
       </c>
       <c r="I35">
         <v>5</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R35">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="S35" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36">
-        <v>3436.99</v>
+        <v>2413.99</v>
       </c>
       <c r="B36" t="s">
         <v>121</v>
       </c>
       <c r="C36" t="s">
         <v>122</v>
       </c>
       <c r="D36">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36">
         <v>4</v>
       </c>
       <c r="G36">
         <v>5</v>
       </c>
       <c r="H36">
         <v>3</v>
       </c>
       <c r="I36">
         <v>5</v>
       </c>
       <c r="J36">
         <v>1</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>1</v>
       </c>
       <c r="R36">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="S36" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37">
-        <v>2446.99</v>
+        <v>3436.99</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37">
-        <v>688</v>
+        <v>555</v>
       </c>
       <c r="E37">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H37">
         <v>3</v>
       </c>
       <c r="I37">
         <v>5</v>
       </c>
       <c r="J37">
         <v>1</v>
       </c>
       <c r="K37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="M37">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R37">
-        <v>171</v>
+        <v>152</v>
       </c>
       <c r="S37" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38">
         <v>2446.99</v>
       </c>
       <c r="B38" t="s">
         <v>127</v>
       </c>
       <c r="C38" t="s">
         <v>128</v>
       </c>
       <c r="D38">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="E38">
         <v>7</v>
       </c>
       <c r="F38">
         <v>5</v>
       </c>
       <c r="G38">
         <v>6</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38">
         <v>5</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
         <v>5</v>
       </c>
       <c r="L38">
         <v>5</v>
       </c>
       <c r="M38">
         <v>5</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>2</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R38">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="S38" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39">
-        <v>2342.04</v>
+        <v>2446.99</v>
       </c>
       <c r="B39" t="s">
         <v>130</v>
       </c>
       <c r="C39" t="s">
         <v>131</v>
       </c>
       <c r="D39">
-        <v>609</v>
+        <v>698</v>
       </c>
       <c r="E39">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F39">
         <v>5</v>
       </c>
       <c r="G39">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H39">
         <v>3</v>
       </c>
       <c r="I39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J39">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R39">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="S39" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40">
-        <v>2142.97</v>
+        <v>2342.04</v>
       </c>
       <c r="B40" t="s">
         <v>133</v>
       </c>
       <c r="C40" t="s">
         <v>134</v>
       </c>
       <c r="D40">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E40">
         <v>6</v>
       </c>
       <c r="F40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G40">
         <v>5</v>
       </c>
       <c r="H40">
         <v>3</v>
       </c>
       <c r="I40">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K40">
         <v>4</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P40">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R40">
         <v>160</v>
       </c>
       <c r="S40" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41">
         <v>2142.97</v>
       </c>
       <c r="B41" t="s">
         <v>136</v>
       </c>
       <c r="C41" t="s">
         <v>137</v>
       </c>
       <c r="D41">
-        <v>676</v>
+        <v>611</v>
       </c>
       <c r="E41">
         <v>6</v>
       </c>
       <c r="F41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G41">
         <v>5</v>
       </c>
       <c r="H41">
         <v>3</v>
       </c>
       <c r="I41">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K41">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L41">
         <v>2</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P41">
         <v>5</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="S41" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42">
-        <v>1239.99</v>
+        <v>2142.97</v>
       </c>
       <c r="B42" t="s">
         <v>139</v>
       </c>
       <c r="C42" t="s">
         <v>140</v>
       </c>
       <c r="D42">
-        <v>752</v>
+        <v>697</v>
       </c>
       <c r="E42">
         <v>7</v>
       </c>
       <c r="F42">
         <v>6</v>
       </c>
       <c r="G42">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H42">
         <v>3</v>
       </c>
       <c r="I42">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
       <c r="L42">
         <v>2</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P42">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R42">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="S42" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43">
-        <v>2341.02</v>
+        <v>1239.99</v>
       </c>
       <c r="B43" t="s">
         <v>142</v>
       </c>
       <c r="C43" t="s">
         <v>143</v>
       </c>
       <c r="D43">
-        <v>675</v>
+        <v>752</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G43">
         <v>6</v>
       </c>
       <c r="H43">
         <v>3</v>
       </c>
       <c r="I43">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L43">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O43">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q43">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R43">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="S43" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44">
-        <v>3460.44</v>
+        <v>2341.02</v>
       </c>
       <c r="B44" t="s">
         <v>145</v>
       </c>
       <c r="C44" t="s">
         <v>146</v>
       </c>
       <c r="D44">
-        <v>617</v>
+        <v>675</v>
       </c>
       <c r="E44">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G44">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H44">
         <v>3</v>
       </c>
       <c r="I44">
         <v>5</v>
       </c>
       <c r="J44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>
       <c r="L44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O44">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R44">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="S44" t="s">
         <v>147</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45">
+        <v>3460.44</v>
+      </c>
+      <c r="B45" t="s">
+        <v>148</v>
+      </c>
+      <c r="C45" t="s">
+        <v>149</v>
+      </c>
+      <c r="D45">
+        <v>617</v>
+      </c>
+      <c r="E45">
+        <v>6</v>
+      </c>
+      <c r="F45">
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>5</v>
+      </c>
+      <c r="H45">
+        <v>3</v>
+      </c>
+      <c r="I45">
+        <v>5</v>
+      </c>
+      <c r="J45">
+        <v>1</v>
+      </c>
+      <c r="K45">
+        <v>4</v>
+      </c>
+      <c r="L45">
+        <v>2</v>
+      </c>
+      <c r="M45">
+        <v>4</v>
+      </c>
+      <c r="N45">
+        <v>4</v>
+      </c>
+      <c r="O45">
+        <v>4</v>
+      </c>
+      <c r="P45">
+        <v>3</v>
+      </c>
+      <c r="Q45">
+        <v>1</v>
+      </c>
+      <c r="R45">
+        <v>161</v>
+      </c>
+      <c r="S45" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>