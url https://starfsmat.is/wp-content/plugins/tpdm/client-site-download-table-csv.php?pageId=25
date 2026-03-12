--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -79,50 +79,60 @@
   </si>
   <si>
     <t>11. Áb. á fjárm</t>
   </si>
   <si>
     <t>12. Áb. á bún</t>
   </si>
   <si>
     <t>13. Vinnuaðstæður</t>
   </si>
   <si>
     <t>Launaflokkur</t>
   </si>
   <si>
     <t>Starfsheiti Popup Text</t>
   </si>
   <si>
     <t>BHM-1</t>
   </si>
   <si>
     <t>Sviðsstjóri 2 - velferð/menntamál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-1 Sviðsstjóri 2 – velferðarmál &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður sé með meistaragráðu á háskólastigi auk verulega umfangsmikillar reynslu af stjórnun og rekstri og/eða viðbótarnáms í stjórnun og rekstri. Starfið felur í sér yfirumsjón með sviði og yfirgripsmikla ábyrgð á fjármunum, mikil mannaforráð og yfirábyrgð á skipulagningu og stefnumótun umfangsmikillar velferðarþjónustu sveitarfélags.&lt;/em&gt;</t>
+  </si>
+  <si>
+    <t>BHM-2</t>
+  </si>
+  <si>
+    <t>Sviðsstjóri 2 - stjórnsýsla /fjármál/framkvæmdir</t>
+  </si>
+  <si>
+    <t>&lt;h3&gt;BHM-2 Sviðsstjóri 2 - stjórnsýsla/fjármál/framkvæmdir&lt;/h3&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður sé með meistaragráðu á háskólastigi auk verulega umfangsmikillar reynslu af stjórnun og rekstri og/eða viðbótarnáms í stjórnun og rekstri. Starfið felur í sér yfirumsjón með sviði og yfirgripsmikla ábyrgð á fjármunum, mikil mannaforráð og gríðarlega mikla beina ábyrgð á eignum, búnaði og upplýsingum ásamt stefnumótun sem nær til víðtækrar starfsemi sveitarfélags.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-3</t>
   </si>
   <si>
     <t>Sviðsstjóri 1 - velferðar, skóla, menningar og/eða æskulýðsmál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-3 Sviðsstjóri 1 – velferðar, skóla, menningar og/eða æskulýðsmála&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður sé með meistaragráðu á háskólastigi auk verulega umfangsmikillar reynslu af stjórnun og rekstri. Starfið gerir kröfu um víðtæka þekkingu og reynslu á sviði menntmála. Starfsmaður hefur yfirumsjón með sviði og felur það í sér mikla ábyrgð á fjármunum, mannaforráð og yfirábyrgð á skipulagningu menntamála í sveitarfélagi sem og ábyrgð á stefnumótun í málaflokknum. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-4</t>
   </si>
   <si>
     <t>Sviðsstjóri 1 - umhverfis, skipulags og/eða stjórnsýslumál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-4 Sviðsstjóri 1 – umhverfis, stjórnsýslu og/eða skipulagsmála&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður sé með meistaragráðu á háskólastigi auk verulega umfangsmikillar reynslu af stjórnun og rekstri. Starfið gerir kröfu um víðtæka þekkingu á og reynslu af umhverfis og/eða skipulagsmálum. Starfsmaður hefur yfirumsjón með sviði og felur það í sér mikla ábyrgð á fjármunum, mannaforráð og yfirábyrgð á skipulagningu umhverfis og/eða skipulagsmálum í sveitarfélagi sem og ábyrgð á stefnumótun í málaflokknum.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-5</t>
   </si>
   <si>
@@ -306,55 +316,55 @@
   </si>
   <si>
     <t>BHM-48</t>
   </si>
   <si>
     <t>Forstöðumaður 3 - íþróttamannvirkis</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-48 Forstöðumaður íþróttamannvirkis&lt;em&gt; &lt;/em&gt;&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði íþrótta-, tómstunda-, uppeldis- eða viðskipta/rekstrarfræða. Starfsmaður veitir íþróttamiðstöð og/eða sundlaug forstöðu, er &lt;/em&gt;&lt;em&gt;með mannaforráð&lt;/em&gt; &lt;em&gt;og ber ábyrgð á stjórnun og rekstristarfsstaðarins. Starfið felur í sér stjórnun, ábyrgð á mannvirkjum tækjum og búnaði s.s. umsýslu, nýtingu og ráðstöfun, ásamt því ber starfsmaður ábyrgð að öryggismál séu í samræmi við viðkomandi lög og reglugerðir. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-57</t>
   </si>
   <si>
     <t>Sérfæðingur á safni með umsjón með listmunum / fornmunum</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-57 Náttúrufræðingur/ Sérfræðingur &lt;em&gt;á safni með umsjón með listmunum / fornmunum&lt;/em&gt;&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í líffræði eða aðra háskálamenntun sem nýtist í starfi ásamt góðri færni til að tjá sig í ræðu og riti á fleiri en einu tungumáli. Starfið felur í sér töluverða nákvæmni við sýnatöku,  greiningu og meðhöndlun listmuna/fornmuna. Starfið felur í sér miðlun upplýsinga og fræðslu til safngesta. Starfsmaður ber ábyrgð á safnkosti og kemur að stefnumótun hvað varðar þróun og framsetningu safnamuna.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-61</t>
   </si>
   <si>
-    <t>Deildarstjóri þjónustu í velferð/Yfirþroskaþjálfi í málefnum fatlaðra</t>
-[...3 lines deleted...]
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér vinnu með notendum þjónustu sem búa við fjölþætt vandamál t.d. líkamlegar og/eða andlegar fatlanir og fíknivanda. Starfinu fylgir ábyrgð á velferð fólks, mannaforráð og ábyrgð á upplýsingum. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+    <t>Deildarstjóri þjónustu í velferð</t>
+  </si>
+  <si>
+    <t>&lt;h3&gt;BHM-61 Deildarstjóri þjónustu í velferð&lt;/h3&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér vinnu með notendum þjónustu sem búa við fjölþætt vandamál t.d. líkamlegar og/eða andlegar fatlanir og fíknivanda. Starfinu fylgir ábyrgð á velferð fólks, mannaforráð og ábyrgð á upplýsingum. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-63</t>
   </si>
   <si>
     <t>Deildarstjóri þjónustu frístund barna/unglinga</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-63 Forstöðumaður í frístund barna/unglinga&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði uppeldis-, tómstundafræða eða aðra háskólamenntun sem nýtist í starfi. Starfsmaður er með mannaforráð og ber ábyrgð á daglegri verkstjórn frístundaheimilis/félagsmiðstöðvar og skipulagningu á  frístundastarfi barna og/eða unglinga. Það er í höndum starfsmannsins að skipuleggja og móta  frístunda- eða félagsstarfið. Starfið felur í sér talsverða verkstjórn, leiðsögn, samræmingu og þjálfun annarra starfsmanna. Starfið felur einnig í sér þátttöku í stefnumótun er varðar málaflokkinn. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-64</t>
   </si>
   <si>
     <t>Skjalastjóri</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-64 Skjalastjóri&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða og þekkingu á skjalastýringu og skjalavistunarkerfum. Starfið felur í sér viðvarandi verkefnastjórnun, umsjón með faglegri vinnu við söfnun, móttöku, skráningu og varðveislu skjala og miðlægri og samræmdri skjalastýringu. Starfið felur í sér umsjón með skjalakerfi og skjalavistunaráætlun sveitarfélagsins. Það er hlutverk starfsmanns að leiðbeina stjórnendum og starfsmönnum á sviði skjalavistunar. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-65</t>
   </si>
   <si>
@@ -864,51 +874,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S45"/>
+  <dimension ref="A1:S46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1001,2574 +1011,2633 @@
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>1</v>
       </c>
       <c r="R2">
         <v>192</v>
       </c>
       <c r="S2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3">
         <v>1210.99</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3">
-        <v>799</v>
+        <v>838</v>
       </c>
       <c r="E3">
         <v>8</v>
       </c>
       <c r="F3">
         <v>6</v>
       </c>
       <c r="G3">
         <v>6</v>
       </c>
       <c r="H3">
         <v>3</v>
       </c>
       <c r="I3">
         <v>8</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>5</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q3">
         <v>1</v>
       </c>
       <c r="R3">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="S3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4">
         <v>1210.99</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4">
         <v>799</v>
       </c>
       <c r="E4">
         <v>8</v>
       </c>
       <c r="F4">
         <v>6</v>
       </c>
       <c r="G4">
         <v>6</v>
       </c>
       <c r="H4">
         <v>3</v>
       </c>
       <c r="I4">
         <v>8</v>
       </c>
       <c r="J4">
         <v>1</v>
       </c>
       <c r="K4">
         <v>5</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>1</v>
       </c>
       <c r="R4">
         <v>187</v>
       </c>
       <c r="S4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5">
-        <v>1239.03</v>
+        <v>1210.99</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5">
-        <v>829</v>
+        <v>799</v>
       </c>
       <c r="E5">
         <v>8</v>
       </c>
       <c r="F5">
         <v>6</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5">
         <v>8</v>
       </c>
       <c r="J5">
         <v>1</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R5">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="S5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6">
-        <v>1239.99</v>
+        <v>1239.03</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
-        <v>765</v>
+        <v>829</v>
       </c>
       <c r="E6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F6">
         <v>6</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6">
         <v>3</v>
       </c>
       <c r="I6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6">
         <v>5</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>6</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R6">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7">
-        <v>1229.1</v>
+        <v>1239.99</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7">
-        <v>803</v>
+        <v>765</v>
       </c>
       <c r="E7">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F7">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7">
         <v>3</v>
       </c>
       <c r="I7">
         <v>7</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>5</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>6</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R7">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="S7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8">
-        <v>1229.99</v>
+        <v>1229.1</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>703</v>
+        <v>803</v>
       </c>
       <c r="E8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H8">
         <v>3</v>
       </c>
       <c r="I8">
         <v>7</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8">
         <v>5</v>
       </c>
       <c r="L8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
-        <v>1239.99</v>
+        <v>1229.99</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>762</v>
+        <v>703</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H9">
         <v>3</v>
       </c>
       <c r="I9">
         <v>7</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>6</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R9">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>1239.99</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
-        <v>713</v>
+        <v>762</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>6</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="S10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11">
-        <v>2229.07</v>
+        <v>1239.99</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11">
-        <v>665</v>
+        <v>713</v>
       </c>
       <c r="E11">
         <v>7</v>
       </c>
       <c r="F11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11">
         <v>6</v>
       </c>
       <c r="H11">
         <v>3</v>
       </c>
       <c r="I11">
         <v>6</v>
       </c>
       <c r="J11">
         <v>1</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R11">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12">
-        <v>1229.2</v>
+        <v>2229.07</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
-        <v>730</v>
+        <v>665</v>
       </c>
       <c r="E12">
         <v>7</v>
       </c>
       <c r="F12">
         <v>5</v>
       </c>
       <c r="G12">
         <v>6</v>
       </c>
       <c r="H12">
         <v>3</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>1</v>
       </c>
       <c r="K12">
         <v>5</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="S12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13">
         <v>1229.2</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13">
-        <v>756</v>
+        <v>730</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
       <c r="F13">
         <v>5</v>
       </c>
       <c r="G13">
         <v>6</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13">
         <v>6</v>
       </c>
       <c r="J13">
         <v>1</v>
       </c>
       <c r="K13">
         <v>5</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>5</v>
       </c>
       <c r="N13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="S13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14">
         <v>1229.2</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="D14">
-        <v>700</v>
+        <v>756</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>5</v>
       </c>
       <c r="G14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K14">
         <v>5</v>
       </c>
       <c r="L14">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="S14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15">
-        <v>2431.05</v>
+        <v>1229.2</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15">
-        <v>651</v>
+        <v>700</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>5</v>
       </c>
       <c r="G15">
         <v>5</v>
       </c>
       <c r="H15">
         <v>3</v>
       </c>
       <c r="I15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q15">
         <v>1</v>
       </c>
       <c r="R15">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="S15" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16">
-        <v>2149.99</v>
+        <v>2431.05</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="s">
         <v>62</v>
       </c>
       <c r="D16">
-        <v>622</v>
+        <v>651</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>5</v>
       </c>
       <c r="G16">
         <v>5</v>
       </c>
       <c r="H16">
         <v>3</v>
       </c>
       <c r="I16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J16">
         <v>1</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>5</v>
       </c>
       <c r="Q16">
         <v>1</v>
       </c>
       <c r="R16">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17">
-        <v>2419.99</v>
+        <v>2149.99</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
       <c r="C17" t="s">
         <v>65</v>
       </c>
       <c r="D17">
-        <v>604</v>
+        <v>622</v>
       </c>
       <c r="E17">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F17">
         <v>5</v>
       </c>
       <c r="G17">
         <v>5</v>
       </c>
       <c r="H17">
         <v>3</v>
       </c>
       <c r="I17">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J17">
         <v>1</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q17">
         <v>1</v>
       </c>
       <c r="R17">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="S17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18">
-        <v>2413.99</v>
+        <v>2419.99</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>68</v>
       </c>
       <c r="D18">
-        <v>661</v>
+        <v>604</v>
       </c>
       <c r="E18">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F18">
         <v>5</v>
       </c>
       <c r="G18">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18">
         <v>5</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>1</v>
       </c>
       <c r="R18">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="S18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19">
-        <v>2412.96</v>
+        <v>2413.99</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19">
-        <v>635</v>
+        <v>661</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>5</v>
       </c>
       <c r="G19">
         <v>6</v>
       </c>
       <c r="H19">
         <v>3</v>
       </c>
       <c r="I19">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <v>5</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q19">
         <v>1</v>
       </c>
       <c r="R19">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="S19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20">
-        <v>2419.97</v>
+        <v>2412.96</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20" t="s">
         <v>74</v>
       </c>
       <c r="D20">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
         <v>5</v>
       </c>
       <c r="G20">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20">
         <v>6</v>
       </c>
       <c r="J20">
         <v>1</v>
       </c>
       <c r="K20">
         <v>5</v>
       </c>
       <c r="L20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>1</v>
       </c>
       <c r="R20">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="S20" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21">
-        <v>2446.97</v>
+        <v>2419.97</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
       <c r="C21" t="s">
         <v>77</v>
       </c>
       <c r="D21">
-        <v>681</v>
+        <v>638</v>
       </c>
       <c r="E21">
         <v>7</v>
       </c>
       <c r="F21">
         <v>5</v>
       </c>
       <c r="G21">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H21">
         <v>3</v>
       </c>
       <c r="I21">
         <v>6</v>
       </c>
       <c r="J21">
         <v>1</v>
       </c>
       <c r="K21">
         <v>5</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R21">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="S21" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22">
-        <v>1229.2</v>
+        <v>2446.97</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
       <c r="C22" t="s">
         <v>80</v>
       </c>
       <c r="D22">
-        <v>703</v>
+        <v>681</v>
       </c>
       <c r="E22">
         <v>7</v>
       </c>
       <c r="F22">
         <v>5</v>
       </c>
       <c r="G22">
         <v>6</v>
       </c>
       <c r="H22">
         <v>3</v>
       </c>
       <c r="I22">
         <v>6</v>
       </c>
       <c r="J22">
         <v>1</v>
       </c>
       <c r="K22">
         <v>5</v>
       </c>
       <c r="L22">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23">
-        <v>1239.09</v>
+        <v>1229.2</v>
       </c>
       <c r="B23" t="s">
         <v>82</v>
       </c>
       <c r="C23" t="s">
         <v>83</v>
       </c>
       <c r="D23">
-        <v>666</v>
+        <v>703</v>
       </c>
       <c r="E23">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F23">
         <v>5</v>
       </c>
       <c r="G23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H23">
         <v>3</v>
       </c>
       <c r="I23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J23">
         <v>1</v>
       </c>
       <c r="K23">
         <v>5</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>5</v>
       </c>
       <c r="P23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q23">
         <v>1</v>
       </c>
       <c r="R23">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="S23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24">
-        <v>2211.18</v>
+        <v>1239.09</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
       <c r="C24" t="s">
         <v>86</v>
       </c>
       <c r="D24">
-        <v>575</v>
+        <v>666</v>
       </c>
       <c r="E24">
         <v>6</v>
       </c>
       <c r="F24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I24">
         <v>5</v>
       </c>
       <c r="J24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R24">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="S24" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25">
-        <v>2446.99</v>
+        <v>2211.18</v>
       </c>
       <c r="B25" t="s">
         <v>88</v>
       </c>
       <c r="C25" t="s">
         <v>89</v>
       </c>
       <c r="D25">
-        <v>654</v>
+        <v>575</v>
       </c>
       <c r="E25">
         <v>6</v>
       </c>
       <c r="F25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G25">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>2</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O25">
         <v>1</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="S25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26">
-        <v>3460.99</v>
+        <v>2446.99</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>92</v>
       </c>
       <c r="D26">
-        <v>611</v>
+        <v>654</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H26">
         <v>3</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>2</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="S26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27">
-        <v>2431.99</v>
+        <v>3460.99</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="E27">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H27">
         <v>3</v>
       </c>
       <c r="I27">
         <v>5</v>
       </c>
       <c r="J27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R27">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="S27" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28">
-        <v>2432.99</v>
+        <v>2431.99</v>
       </c>
       <c r="B28" t="s">
         <v>97</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28">
-        <v>638</v>
+        <v>599</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>5</v>
       </c>
       <c r="G28">
         <v>5</v>
       </c>
       <c r="H28">
         <v>3</v>
       </c>
       <c r="I28">
         <v>5</v>
       </c>
       <c r="J28">
         <v>1</v>
       </c>
       <c r="K28">
         <v>5</v>
       </c>
       <c r="L28">
         <v>1</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q28">
         <v>1</v>
       </c>
       <c r="R28">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="S28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29">
         <v>2432.99</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
       <c r="C29" t="s">
         <v>101</v>
       </c>
       <c r="D29">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G29">
         <v>5</v>
       </c>
       <c r="H29">
         <v>3</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P29">
         <v>4</v>
       </c>
       <c r="Q29">
         <v>1</v>
       </c>
       <c r="R29">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="S29" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30">
         <v>2432.99</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
       <c r="C30" t="s">
         <v>104</v>
       </c>
       <c r="D30">
-        <v>586</v>
+        <v>622</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>4</v>
       </c>
       <c r="G30">
         <v>5</v>
       </c>
       <c r="H30">
         <v>3</v>
       </c>
       <c r="I30">
         <v>5</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>
       <c r="P30">
         <v>4</v>
       </c>
       <c r="Q30">
         <v>1</v>
       </c>
       <c r="R30">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="S30" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31">
-        <v>2446.97</v>
+        <v>2432.99</v>
       </c>
       <c r="B31" t="s">
         <v>106</v>
       </c>
       <c r="C31" t="s">
         <v>107</v>
       </c>
       <c r="D31">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E31">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F31">
         <v>4</v>
       </c>
       <c r="G31">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31">
         <v>5</v>
       </c>
       <c r="J31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R31">
         <v>156</v>
       </c>
       <c r="S31" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32">
-        <v>2139.97</v>
+        <v>2446.97</v>
       </c>
       <c r="B32" t="s">
         <v>109</v>
       </c>
       <c r="C32" t="s">
         <v>110</v>
       </c>
       <c r="D32">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I32">
         <v>5</v>
       </c>
       <c r="J32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>1</v>
       </c>
       <c r="P32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R32">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="S32" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33">
-        <v>2219.97</v>
+        <v>2139.97</v>
       </c>
       <c r="B33" t="s">
         <v>112</v>
       </c>
       <c r="C33" t="s">
         <v>113</v>
       </c>
       <c r="D33">
-        <v>627</v>
+        <v>578</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33">
         <v>5</v>
       </c>
       <c r="G33">
         <v>5</v>
       </c>
       <c r="H33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J33">
         <v>2</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R33">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="S33" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34">
-        <v>2446.03</v>
+        <v>2219.97</v>
       </c>
       <c r="B34" t="s">
         <v>115</v>
       </c>
       <c r="C34" t="s">
         <v>116</v>
       </c>
       <c r="D34">
-        <v>608</v>
+        <v>627</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34">
         <v>5</v>
       </c>
       <c r="G34">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H34">
         <v>3</v>
       </c>
       <c r="I34">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M34">
         <v>4</v>
       </c>
       <c r="N34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R34">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="S34" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35">
-        <v>2431.99</v>
+        <v>2446.03</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
         <v>119</v>
       </c>
       <c r="D35">
-        <v>539</v>
+        <v>608</v>
       </c>
       <c r="E35">
         <v>6</v>
       </c>
       <c r="F35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G35">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H35">
         <v>3</v>
       </c>
       <c r="I35">
         <v>5</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
         <v>1</v>
       </c>
       <c r="P35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R35">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="S35" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36">
-        <v>2413.99</v>
+        <v>2431.99</v>
       </c>
       <c r="B36" t="s">
         <v>121</v>
       </c>
       <c r="C36" t="s">
         <v>122</v>
       </c>
       <c r="D36">
-        <v>575</v>
+        <v>539</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36">
         <v>4</v>
       </c>
       <c r="G36">
         <v>5</v>
       </c>
       <c r="H36">
         <v>3</v>
       </c>
       <c r="I36">
         <v>5</v>
       </c>
       <c r="J36">
         <v>1</v>
       </c>
       <c r="K36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R36">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="S36" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37">
-        <v>3436.99</v>
+        <v>2413.99</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="E37">
         <v>6</v>
       </c>
       <c r="F37">
         <v>4</v>
       </c>
       <c r="G37">
         <v>5</v>
       </c>
       <c r="H37">
         <v>3</v>
       </c>
       <c r="I37">
         <v>5</v>
       </c>
       <c r="J37">
         <v>1</v>
       </c>
       <c r="K37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
         <v>1</v>
       </c>
       <c r="R37">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="S37" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38">
-        <v>2446.99</v>
+        <v>3436.99</v>
       </c>
       <c r="B38" t="s">
         <v>127</v>
       </c>
       <c r="C38" t="s">
         <v>128</v>
       </c>
       <c r="D38">
-        <v>688</v>
+        <v>555</v>
       </c>
       <c r="E38">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38">
         <v>5</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L38">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="M38">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R38">
-        <v>171</v>
+        <v>152</v>
       </c>
       <c r="S38" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39">
         <v>2446.99</v>
       </c>
       <c r="B39" t="s">
         <v>130</v>
       </c>
       <c r="C39" t="s">
         <v>131</v>
       </c>
       <c r="D39">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="E39">
         <v>7</v>
       </c>
       <c r="F39">
         <v>5</v>
       </c>
       <c r="G39">
         <v>6</v>
       </c>
       <c r="H39">
         <v>3</v>
       </c>
       <c r="I39">
         <v>5</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
         <v>5</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
         <v>5</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R39">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="S39" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40">
-        <v>2342.04</v>
+        <v>2446.99</v>
       </c>
       <c r="B40" t="s">
         <v>133</v>
       </c>
       <c r="C40" t="s">
         <v>134</v>
       </c>
       <c r="D40">
-        <v>609</v>
+        <v>698</v>
       </c>
       <c r="E40">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F40">
         <v>5</v>
       </c>
       <c r="G40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H40">
         <v>3</v>
       </c>
       <c r="I40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J40">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R40">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="S40" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41">
-        <v>2142.97</v>
+        <v>2342.04</v>
       </c>
       <c r="B41" t="s">
         <v>136</v>
       </c>
       <c r="C41" t="s">
         <v>137</v>
       </c>
       <c r="D41">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E41">
         <v>6</v>
       </c>
       <c r="F41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G41">
         <v>5</v>
       </c>
       <c r="H41">
         <v>3</v>
       </c>
       <c r="I41">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K41">
         <v>4</v>
       </c>
       <c r="L41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P41">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R41">
         <v>160</v>
       </c>
       <c r="S41" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42">
         <v>2142.97</v>
       </c>
       <c r="B42" t="s">
         <v>139</v>
       </c>
       <c r="C42" t="s">
         <v>140</v>
       </c>
       <c r="D42">
-        <v>697</v>
+        <v>611</v>
       </c>
       <c r="E42">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F42">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G42">
         <v>5</v>
       </c>
       <c r="H42">
         <v>3</v>
       </c>
       <c r="I42">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L42">
         <v>2</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P42">
         <v>5</v>
       </c>
       <c r="Q42">
         <v>2</v>
       </c>
       <c r="R42">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="S42" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43">
-        <v>1239.99</v>
+        <v>2142.97</v>
       </c>
       <c r="B43" t="s">
         <v>142</v>
       </c>
       <c r="C43" t="s">
         <v>143</v>
       </c>
       <c r="D43">
-        <v>752</v>
+        <v>697</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
         <v>6</v>
       </c>
       <c r="G43">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H43">
         <v>3</v>
       </c>
       <c r="I43">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>5</v>
       </c>
       <c r="L43">
         <v>2</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O43">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P43">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R43">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="S43" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44">
-        <v>2341.02</v>
+        <v>1239.99</v>
       </c>
       <c r="B44" t="s">
         <v>145</v>
       </c>
       <c r="C44" t="s">
         <v>146</v>
       </c>
       <c r="D44">
-        <v>675</v>
+        <v>752</v>
       </c>
       <c r="E44">
         <v>7</v>
       </c>
       <c r="F44">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G44">
         <v>6</v>
       </c>
       <c r="H44">
         <v>3</v>
       </c>
       <c r="I44">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L44">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O44">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q44">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R44">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="S44" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45">
-        <v>3460.44</v>
+        <v>2341.02</v>
       </c>
       <c r="B45" t="s">
         <v>148</v>
       </c>
       <c r="C45" t="s">
         <v>149</v>
       </c>
       <c r="D45">
-        <v>617</v>
+        <v>675</v>
       </c>
       <c r="E45">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H45">
         <v>3</v>
       </c>
       <c r="I45">
         <v>5</v>
       </c>
       <c r="J45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K45">
         <v>4</v>
       </c>
       <c r="L45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O45">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R45">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="S45" t="s">
         <v>150</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46">
+        <v>3460.44</v>
+      </c>
+      <c r="B46" t="s">
+        <v>151</v>
+      </c>
+      <c r="C46" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46">
+        <v>617</v>
+      </c>
+      <c r="E46">
+        <v>6</v>
+      </c>
+      <c r="F46">
+        <v>4</v>
+      </c>
+      <c r="G46">
+        <v>5</v>
+      </c>
+      <c r="H46">
+        <v>3</v>
+      </c>
+      <c r="I46">
+        <v>5</v>
+      </c>
+      <c r="J46">
+        <v>1</v>
+      </c>
+      <c r="K46">
+        <v>4</v>
+      </c>
+      <c r="L46">
+        <v>2</v>
+      </c>
+      <c r="M46">
+        <v>4</v>
+      </c>
+      <c r="N46">
+        <v>4</v>
+      </c>
+      <c r="O46">
+        <v>4</v>
+      </c>
+      <c r="P46">
+        <v>3</v>
+      </c>
+      <c r="Q46">
+        <v>1</v>
+      </c>
+      <c r="R46">
+        <v>161</v>
+      </c>
+      <c r="S46" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>