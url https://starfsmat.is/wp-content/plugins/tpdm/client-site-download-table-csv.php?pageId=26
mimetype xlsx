--- v0 (2025-11-27)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -109,82 +109,82 @@
     <t>Forstöðumaður 1 í búsetu- eða dagþjónustu</t>
   </si>
   <si>
     <t>&lt;em&gt; &lt;/em&gt;
 &lt;h3&gt;&lt;strong&gt;BHM-21 Forstöðumaður 1 í búsetu- eða dagþjónustu &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunarreynslu. Starfið felur í sér yfirumsjón með búsetu- eða dagþjónustu, ábyrgð á fjármunum og mannaforráð. Starfinu fylgir ábyrgð á velferð fólks vegna þeirrar þjónustu sem veit er. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræði sveitarfélagsins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-22</t>
   </si>
   <si>
     <t>Forstöðumaður 2 í búsetuþjónustu</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-22 Forstöðumaður 2 í búsetuþjónustu &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunarreynslu. Starfið felur í sér yfirumsjón með tveimur eða fleiri starfseiningum í búsetu- og/eða dagþjónustu, ábyrgð á fjármunum og mikil mannaforráð. Starfinu fylgir ábyrgð á velferð einstaklinga vegna þeirrar þjónustu sem veitt er. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræði sveitarfélagsins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-40</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - mannauðsmál og/eða fræðslumál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-40 Verkefnastjóri 3 – mannauðsmál og/eða fræðslumál&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags. &lt;/em&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun sem nýtist í starfi auk ásamt mikilli starfs- og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags.   &lt;/em&gt;
 &amp;nbsp;</t>
   </si>
   <si>
-    <t>BHM-49</t>
-[...6 lines deleted...]
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur, ásamt góðri samskiptafærni. Starfið felur í sér að skipuleggja iðjuþjálfun og þróa lausnir fyrir einstaklingsbundin úrræði og krefjandi þarfir nemanda. Starfsmaður er í samskiptum við nemendur sem krefjast flókinnar umönnunar og/eða þjálfunnar frá starfsmanni og veitir foreldrum þeirra ráðgjöf. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+    <t>BHM - 49</t>
+  </si>
+  <si>
+    <t>Iðjuþjálfi í sérdeild</t>
+  </si>
+  <si>
+    <t>&lt;strong&gt;BHM-49- Iðjuþjálfi í sérdeild&lt;/strong&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur, ásamt góðri samskiptafærni. Í starfinu er gerð krafa um viðvarandi verkefnastjórnun og felur starfið í sér að greina færni við iðju og þátttöku, skipuleggja iðjuþjálfun og þróa lausnir um einstaklingsbundin úrræði og krefjandi þarfir nemenda. Starfsmaður er ábyrgur fyrir ákvarðanatöku sem getur haft áhrif á framtíðarvelferð nemenda. Starfsmaður er í samskiptum við nemendur með fjölþættar þarfir og sem krefjast flókinnar umönnunar og/eða þjálfunar og veitir samstarfsfólki og foreldrum ráðgjöf. Starfinu fylgir stundum mjög mikið tilfinningalegt álag og starfsmaður getur orðið fyrir hótunum, ofbeldi eða ógnandi hegðun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-50</t>
   </si>
   <si>
     <t>Iðjuþjálfi í málefnum fatlaðra</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-50 Iðjuþjálfi í málefnum fatlaðra&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur. Starfið felur í sér samskipti við notendur þjónustu sem geta verið með krefjandi þarfir og þarfnast umönnunar og/eða þjálfunar frá starfsmanni. Starfsmaður veitir persónulegan stuðning og aðstoð við athafnir daglegs lífs og hefur áhrif á þau velferðarúrræði sem í boði eru, s.s. mat á þörf fyrir hjálpartæki o.fl. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur. Starfið felur í sér samskipti við notendur þjónustu með fjölþættar þarfir sem eru oft krefjandi og þarfnast umönnunar og/eða þjálfunar frá starfsmanni. Starfsmaður veitir persónulegan stuðning og aðstoð við athafnir daglegs lífs og hefur áhrif á þau velferðarúrræði sem í boði eru, metur þörf fyrir hjálpartæki og aðlögun umhverfis. Starfinu fylgir viðvarandi verkefnastjórnun og starfsmaður þarf að geta tekið sjálfstæðar ákvarðanir í starfi. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-51</t>
   </si>
   <si>
     <t>Ráðgjafariðjuþjálfi 1</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-51 Ráðgjafariðjuþjálfi 1 &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðjuþjálfunar og starfsleyfi til að starfa sem iðjuþjálfi. Í starfinu fellst vinna við að skipuleggja og veita einstaklingsbundna þjónustu til notenda þjónustu. Starfsmaður gerir færnimat, sér um iðjuþjálfun og metur þörf fyrir hjálpartæki. Hann sér um, öflun gagna fyrir færni- og heilsunefnd og hefur áhrif á þau velferðarúrræði sem í boði eru. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðjuþjálfunar og starfsleyfi til að starfa sem iðjuþjálfi. Í starfinu felst vinna við að skipuleggja og veita einstaklingsbundna þjónustu til notenda þjónustu. Starfsmaður gerir færnimat, sér um iðjuþjálfun og metur þörf fyrir hjálpartæki og aðlögun umhverfis. Viðkomandi sér um öflun gagna fyrir færni- og heilsumatsnefnd og hefur áhrif á þau velferðarúrræði sem í boði eru. Starfsmaður þarf að geta tekið sjálfstæðar ákvarðanir í starfi. Starfinu fylgir stundum mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-52</t>
   </si>
   <si>
     <t>Ráðgjafariðjuþjálfi 2</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-52 Ráðgjafariðjuþjálfi 2 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðjuþjálfunar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér mannaforráð, skipulagningu og eflingu á faglegu starfi innan heimaþjónustu og samþættingu á þeirri þjónustu sem veitt er heim. Starfsmaður sér um móttöku og mat á umsóknum um félagslega heimaþjónustu og færnimat einstaklinga. Starfið felur í sér ábyrgð á velferð fólks vegna þeirrar þjónustu sem veitt er og þátttöku í þróun og stefnumótun. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-61</t>
   </si>
   <si>
     <t>Deildarstjóri þjónustu í velferð / Yfirþroskaþjálfi í málefnum fatlaðra</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-61 Deildarstjóri þjónustu í velferð / Yfirþroskaþjálfi í málefnum fatlaðra&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði iðju- eða þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér vinnu með notendum þjónustu sem búa við fjölþætt vandamál t.d. líkamlegar og/eða andlegar fatlanir og fíknivanda. Starfinu fylgir ábyrgð á velferð fólks, mannaforráð og ábyrgð á upplýsingum. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-62</t>
   </si>
   <si>
@@ -212,50 +212,71 @@
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-86 Forstöðumaður í endurhæfingu &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í félagsvísindum eða aðra háskólamenntun sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Starfsmaður þarf að hafa afar mikila færni á sviði umönnunar, fræðslu og ráðgjafar. Starfsmaður vinnur með og þróar lausnir fyrir notendur sem búa við fjölþætt vandamál, þar sem þjónustan er mjög einstaklingsmiðuð. Starfsmaður er með mannaforráð og sinnir verkstjórn, leiðsögn og þjálfun annarra starfsmanna. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.  &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-87</t>
   </si>
   <si>
     <t>Ráðgjafi í barnavernd</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-87 Ráðgjafi í barnavernd &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhalds háskólamenntun á sviði félags-, mennta og eða/heilbrigðisvísinda s.s. uppeldis-, sál- og/eða félagsfræði auk reynslu af barnaverndarmálum. Starfið felur í sér ábyrgð á verkefnum sem eru t.d. barnaverndarmál, flókin fjölskyldumál og mál hælisleitenda. Starfsmaður greinir og metur flóknar þarfir skjólstæðinga, skipuleggur þjónustuna og samhæfir hana. Starfið felur í sér talsverða beina ábyrgð á málastjórn, leiðsögn, samræmingu og þjálfun til annarra starfsmanna. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;&lt;strong&gt;
 &lt;/strong&gt;</t>
   </si>
   <si>
     <t>BHM-89</t>
   </si>
   <si>
     <t>Þroskaþjálfi / Sérfræðingur / Iðjuþjálfi í málefnum fatlaðra á öryggisheimili</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-89 Þroskaþjálfi / Sérfræðingur / Iðjuþjálfi í málefnum fatlaðra á öryggisheimili&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér að starfsmaður þarf að hafa afar mikilla færni á sviði umönnunar, fræðslu og ráðgjafar. Starfsmaður vinnur greiningar, einstaklings- og hópáætlanir fyrir íbúa. Starfsmaður sinnir íbúum sem þurfa aðstoð við athafnir daglegs lífs og geta þeir verið mjög ógnandi og sýnt af sér andfélagslega hegðun. Starfsmaður þarf að vinna við aðstæður sem teljast mjög óþægilegar, ógeðfelldar eða hættulegar stóran hluta vinnutímans. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.  &lt;/em&gt;</t>
+  </si>
+  <si>
+    <t>BHM-103</t>
+  </si>
+  <si>
+    <t>Iðjuþjálfi í leikskóla</t>
+  </si>
+  <si>
+    <t>&lt;h3&gt;BHM-103- Iðjuþjálfi í leikskóla&lt;/h3&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur, ásamt góðri samskiptafærni. Starfið felur í sér að greina færni við iðju og þátttöku, skipuleggja iðjuþjálfun, gera áætlanir og þróa lausnir um einstaklingsbundin úrræði og krefjandi þarfir nemenda. Starfsmaður er í samskiptum við nemendur sem krefjast flókinnar umönnunar og/eða þjálfunar og veitir foreldrum þeirra ráðgjöf. Starfinu fylgir stundum mjög mikið tilfinningalegt álag og starfsmaður getur orðið fyrir hótunum, ofbeldi eða ógnandi hegðun. Í starfinu felst að jafnaði takmarkað líkamlegt erfiði en reglubundið er þess krafist að starfsmaður vinni í erfiðum og óþægilegum vinnustellingum þegar íhlutun er veitt.&lt;/em&gt;</t>
+  </si>
+  <si>
+    <t>BHM- 104</t>
+  </si>
+  <si>
+    <t>Iðjuþjálfi í grunnskóla</t>
+  </si>
+  <si>
+    <t>&lt;h4&gt;BHM-104- Iðjuþjálfi í grunnskóla&lt;/h4&gt;
+&amp;nbsp;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í iðjuþjálfun og starfsleyfi til að starfa sem slíkur, ásamt góðri samskiptafærni. Í starfinu er gerð krafa um viðvarandi verkefnastjórnun og felur starfið í sér að greina færni við iðju og þátttöku, skipuleggja iðjuþjálfun, gera þjálfunaráætlanir og þróa lausnir um einstaklingsbundin úrræði og krefjandi þarfir nemanda. Starfsmaður er ábyrgur fyrir ákvarðanatöku sem getur haft áhrif á framtíðarvelferð nemenda. Starfsmaður er í samskiptum við nemendur með fjölþættar þarfir sem krefjast flókinnar umönnunar og/eða þjálfunar og veitir foreldrum og samstarfsfólki ráðgjöf. Starfinu fylgir stundum mjög mikið tilfinningalegt álag og starfsmaður getur orðið fyrir hótunum, ofbeldi eða ógnandi hegðun. &lt;/em&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -559,51 +580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S15"/>
+  <dimension ref="A1:S17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -814,270 +835,270 @@
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>181</v>
       </c>
       <c r="S4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5">
         <v>2412.96</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="E5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F5">
         <v>5</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5">
         <v>6</v>
       </c>
       <c r="J5">
         <v>1</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>1</v>
       </c>
       <c r="R5">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="S5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6">
         <v>2226.01</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
-        <v>592</v>
+        <v>654</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>5</v>
       </c>
       <c r="G6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H6">
         <v>3</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7">
         <v>2226.01</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7">
-        <v>599</v>
+        <v>625</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>5</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7">
         <v>3</v>
       </c>
       <c r="I7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J7">
         <v>3</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>1</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="S7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8">
         <v>2226.01</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>589</v>
+        <v>615</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8">
         <v>3</v>
       </c>
       <c r="I8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J8">
         <v>2</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
         <v>2226.01</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>657</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
@@ -1450,50 +1471,168 @@
         <v>4</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>1</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
         <v>160</v>
       </c>
       <c r="S15" t="s">
         <v>60</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16">
+        <v>2226.01</v>
+      </c>
+      <c r="B16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16">
+        <v>612</v>
+      </c>
+      <c r="E16">
+        <v>6</v>
+      </c>
+      <c r="F16">
+        <v>5</v>
+      </c>
+      <c r="G16">
+        <v>5</v>
+      </c>
+      <c r="H16">
+        <v>3</v>
+      </c>
+      <c r="I16">
+        <v>4</v>
+      </c>
+      <c r="J16">
+        <v>3</v>
+      </c>
+      <c r="K16">
+        <v>4</v>
+      </c>
+      <c r="L16">
+        <v>4</v>
+      </c>
+      <c r="M16">
+        <v>4</v>
+      </c>
+      <c r="N16">
+        <v>2</v>
+      </c>
+      <c r="O16">
+        <v>1</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>160</v>
+      </c>
+      <c r="S16" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17">
+        <v>2226.01</v>
+      </c>
+      <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17">
+        <v>654</v>
+      </c>
+      <c r="E17">
+        <v>6</v>
+      </c>
+      <c r="F17">
+        <v>5</v>
+      </c>
+      <c r="G17">
+        <v>6</v>
+      </c>
+      <c r="H17">
+        <v>3</v>
+      </c>
+      <c r="I17">
+        <v>5</v>
+      </c>
+      <c r="J17">
+        <v>2</v>
+      </c>
+      <c r="K17">
+        <v>4</v>
+      </c>
+      <c r="L17">
+        <v>4</v>
+      </c>
+      <c r="M17">
+        <v>5</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>1</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>166</v>
+      </c>
+      <c r="S17" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>