--- v0 (2025-11-27)
+++ v1 (2026-02-01)
@@ -139,72 +139,72 @@
     <t>Forstöðumaður 2 í búsetuþjónustu</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-22 Forstöðumaður 2 í búsetuþjónustu &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunarreynslu. Starfið felur í sér yfirumsjón með tveimur eða fleiri starfseiningum í búsetu- og/eða dagþjónustu, ábyrgð á fjármunum og mikil mannaforráð. Starfinu fylgir ábyrgð á velferð einstaklinga vegna þeirrar þjónustu sem veitt er. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræði sveitarfélagsins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-24</t>
   </si>
   <si>
     <t>Yfirsálfræðingur 1</t>
   </si>
   <si>
     <t>&amp;nbsp;
 &lt;h3&gt;&lt;strong&gt;BHM-24 Yfirsálfræðingur 1&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhaldsmenntun í sálfræði og réttindi til að starfa sem sálfræðingur á Íslandi auk umfangsmikillar stjórnunarreynslu. Starfið felur í sér ábyrgð á verkefnum sem tengjast sálfræðilegri ráðgjöf, flóknum greiningum og handleiðslu til barna í skólum og/eða leikskólum og forráðamanna þeirra. Starfsmaður ber ábyrgð á að greina og meta þjónustuþörf og veita ráðgjöf um viðeigandi þjónustu. Starfið getur falið í sér teymis- og/eða málastjórnun þar sem starfsmaður leiðir og stýrir vinnu annarra. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-25</t>
   </si>
   <si>
     <t>Sálfræðingur barnavernd</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-25 Sálfræðingur í barnavernd &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhaldsmenntun í sálfræði og hafi réttindi til að starfa sem sálfræðingur á Íslandi. Starfið felur í sér faglega ábyrgð á verkefnum sem tengjast greiningum, ráðgjöf og/eða meðferð í barnaverndarmálum. Starfsmaður ber ábyrgð á að greina og meta þjónustuþörf og veita ráðgjöf um viðeigandi þjónustu. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhaldsmenntun í sálfræði, hafi réttindi til að starfa sem sálfræðingur á Íslandi auk víðtækrar starfs-og stjórnunarreynslu á sérfræðisviðinu. Starfið felur í sér faglega ábyrgð á verkefnum sem tengjast greiningum, ráðgjöf og/eða meðferð í barnaverndarmálum. Starfsmaður ber ábyrgð á að greina og meta þjónustuþörf og veita ráðgjöf um viðeigandi þjónustu. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-42</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - í virkni-, mennta- eða velferðarúrræðum</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-42 Verkefnastjóri með sértæka ábyrgð - í virkni-, mennta- eða velferðarúrræðum&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhaldsháskólapróf á heilbrigðis-, mennta- eða félagsvísindasviði. Starfið felur í sér viðvarandi verkefnastjórnun, og verkefni sem tengjast ráðgjöf, greiningu og meðferð einstaklinga og/eða hópa í virkni- og/eða velferðarúrræðum. Starfsmaður ber ábyrgð á að meta þjónustuþörf og skipuleggja velferðarúrræði sem hafa áhrif á vellíðan og velferð einstaklinga eða hópa. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-60</t>
   </si>
   <si>
     <t>Sálfræðingur 2</t>
   </si>
   <si>
     <t>&amp;nbsp;
 &lt;h3&gt;&lt;strong&gt;BHM-60 Sálfræðingur 2 &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi réttindi til að starfa sem sálfræðingur á Íslandi. Starfið felur í sér vinnu með börnum/nemendum með margþætt vandamál og starfsmaður vinnur að lausnum vegna flókinna mála og aðstæðna sem nemendur búa við. Starfinu fylgir mikil ábyrgð á velferð fólks, ásamt upplýsingum, mælitækjum og prófum sem notuð eru í starfi. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi réttindi til að starfa sem sálfræðingur á Íslandi. Starfið felur í sér vinnu með börnum/nemendum með margþætt vandamál og starfsmaður vinnur að lausnum vegna flókinna mála og aðstæðna sem nemendur búa við. Starfinu fylgir viðvarandi verkefnastjórnun og færni í að geta mótað langtímaáætlanir. Starfinu fylgir mikil ábyrgð á velferð fólks, ásamt upplýsingum, mælitækjum og prófum sem notuð eru í starfi. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-93</t>
   </si>
   <si>
     <t>Sálfræðingur 4</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-93 Sálfræðingur 4 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi starfsleyfi sem sálfræðingur frá Embætti landlæknis auk víðtækrar reynslu af stjórnun (verkefnastjórnun). Starfið felur í sér ábyrgð á verkefnum sem tengjast flóknum greiningum og sálfræðilegri ráðgjöf,  til barna  og forráðamanna þeirra. Starfsmaður ber ábyrgð á að greina og meta þjónustuþörf og veita ráðgjöf um viðeigandi þjónustu. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins. Starfið getur falið í sér teymisstjórnun þar sem starfsmaður leiðir og stýrir vinnu annarra. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.  Hér er einnig átt við einyrkja, þ.e. einu stöðu sálfræðings í sveitarfélagi.&lt;/em&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -950,93 +950,93 @@
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>172</v>
       </c>
       <c r="S7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8">
         <v>2445.01</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>685</v>
+        <v>706</v>
       </c>
       <c r="E8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F8">
         <v>5</v>
       </c>
       <c r="G8">
         <v>6</v>
       </c>
       <c r="H8">
         <v>3</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8">
         <v>5</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
         <v>2446.97</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>681</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
@@ -1068,93 +1068,93 @@
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>170</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>2445.01</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
-        <v>649</v>
+        <v>675</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10">
         <v>5</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>1</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="S10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11">
         <v>2445.01</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11">
         <v>696</v>
       </c>
       <c r="E11">
         <v>8</v>
       </c>
       <c r="F11">
         <v>5</v>
       </c>
       <c r="G11">