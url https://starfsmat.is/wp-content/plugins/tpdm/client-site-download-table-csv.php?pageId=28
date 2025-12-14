--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -98,51 +98,51 @@
   <si>
     <t>Deildarstjóri 1 - Forstöðumaður safna og/eða menningarmála</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-11 Deildarstjóri 1 – forstöðumaður safna og/eða menningarmála&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi menntun á háskólastigi auk umfangsmikillar stjórnunarreynslu eða framhaldsmenntunar á háskólastigi. Starfið felur í sér stjórnun deilda eða safns sem felur í sér ábyrgð á safngripum og forvörslu menningarverðmæta, hefur mannaforráð og ber ábyrgð á fjármunum. Starfsmaður heyrir beint undir yfirstjórn sviðs/stjórnar og ber ábyrgð á stefnumótun varðandi safnið og/eða þau menningarverðmæti sem um ræðir. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-26</t>
   </si>
   <si>
     <t>Safnstjóri almenningsbókasafns 2</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-26 Safnstjóri almenningsbókasafns 2 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í bókasafns- og upplýsingafræði eða hafi sambærilega háskólamenntun sem nýtist í starfi, ásamt reynslu af stjórnun og rekstri. Starfið felur í sér ábyrgð á rekstri og þjónustu almenningsbókasafns,og mannaforráð og ábyrgð á fjármunum, safnkosti og húsnæði safnsins. Starfsmaður tekur þátt í stefnumótun. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-27</t>
   </si>
   <si>
     <t>Safnstjóri almenningsbókasafns 3</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-27 Safnstjóri almenningsbókasafns 3 &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í bókasafns- og upplýsingafræði eða hafi sambærilega háskólamenntun sem nýtist í starfi, ásamt reynslu af stjórnun og rekstri. Starfið felur í sér ábyrgð á rekstri og þjónustu almenningsbókasafns sem staðsett er á fleiri en einum starfsstað. Starfsmaður hefur mannaforráð og ber mikla ábyrgð á fjármunum, safnkosti og húsnæði á tveimur eða fleiri starfstöðum. Starfsmaður tekur þátt í stefnumótun. &lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í bókasafns- og upplýsingafræði eða hafi sambærilega háskólamenntun sem nýtist í starfi, ásamt reynslu af stjórnun og rekstri. Starfið felur í sér ábyrgð á rekstri og þjónustu almenningsbókasafns sem staðsett er á fleiri en einum starfsstað. Starfsmaður hefur mannaforráð og ber mikla ábyrgð á fjármunum, safnkosti og húsnæði á tveimur eða fleiri starfstöðum. Gerð er krafa um færni í að móta framtíðaráætlanir. Starfsmaður tekur þátt í stefnumótun. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-28</t>
   </si>
   <si>
     <t>Héraðsskjalavörður 2</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-28 Héraðsskjalavörður 2 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhalds háskólamenntun sem nýtist í starfi, víðtæka þekkingu og reynslu á lögum, reglum og samþykktum er gilda um opinbera skjalavörslu/ stjórnsýslu, ásamt reynslu af stjórnun og rekstri. Starfið felur í sér mannauðsstjórnun, og rekstri héraðsskjalasafns fyrir fleiri en eitt sveitarfélag og heyrir undir stjórn/byggðasamlag. Starfsmaður stýrir varðveislu, innheimtu og viðtöku opinberra skjala ásamt því að hafa umsjón með og stýra lögbundnu eftirliti með skjalavörslu. Starfinu fylgir ábyrgð á viðamiklum safnkosti og húsnæði safnsins, ábyrgð á háum fjármunum og mannaforráð. Starfsmaður starfar afar sjálfstætt, hefur víðtæk völd til ákvarðanatöku og kemur að stefnumótun í málaflokkinum.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-29</t>
   </si>
   <si>
     <t>Útibússtjóri almenningsbókasafns</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-29 Útibússtjóri almenningsbókasafns &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun í bókasafns- og upplýsingafræði eða sambærilega menntun sem nýtist í starfi, ásamt reynslu af stjórnun og rekstri. Starfið felur í sér ábyrgð á rekstri og þjónustu útibús almenningsbókasafns. Starfsmaður hefur mannaforráð og ber ábyrgð á safnkosti, húsnæði og fjármunum. Starfsmaður kemur að stefnumótun sem snýr að útibúinu og tekur sjálfstæðar ákvarðanir um daglegan rekstur útibúsins. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-64</t>
   </si>
   <si>
@@ -160,51 +160,51 @@
   <si>
     <t>Safnstjóri almenningsbókasafns 1</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-65 Safnstjóri almenningsbókasafns 1 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í bókasafns- og upplýsingafræði eða hafi sambærilega háskólamenntun sem nýtist í starfi. Starfið felur í sér ábyrgð á daglegum rekstri og þjónustu almenningsbókasafns, ábyrgð á fjármunum og mannaforráðum yfir nokkrum starfsmönnum. Starfsmaður ber ábyrgð á safnkosti og húsnæði safnsinsog tekur þátt í stefnumótun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-66</t>
   </si>
   <si>
     <t>Safnstjóri skólasafns</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-66 Safnstjóri skólasafns &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða, ásamt færni í kennslu. Starfið felur í sér umsjón með skólasafni og skipulagningu á fræðslu og kennslu á safninu, og er með viðarandi verkefnastjórnun. Safnstjóri er ábyrgur fyrir safnkosti og innkaupum á honum. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-67</t>
   </si>
   <si>
     <t>Bókasafns- og upplýsingafræðingur</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-67 Bókasafns- og upplýsingafræðingur &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða. Starfið felur í sér umsjón með daglegri starfsemi deildar innan safns. Starfsmaður skipuleggur og vinnur að uppbyggingu safnkosts og veitir ráðgjöf og leiðsögn til notenda safns, samstarfsfólks og listamanna vegna viðburða. Starfsmaður er ábyrgur fyrir innkaupum á safnkosti.&lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða. Starfið felur í sér umsjón með daglegri starfsemi deildar innan safns. Starfsmaður skipuleggur og vinnur að uppbyggingu safnkosts og veitir ráðgjöf og leiðsögn til notenda safns, samstarfsfólks og listamanna vegna viðburða. Starfsmaður er ábyrgur fyrir innkaupum á safnkosti. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-68</t>
   </si>
   <si>
     <t>Deildarstjóri á bókasafni</t>
   </si>
   <si>
     <t>&amp;nbsp;
 &lt;h3&gt;&lt;strong&gt;BHM-68 Deildarstjóri á bókasafni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Starfið gerir kröfu um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða. Starfið felur í sér umsjón með daglegri starfsemi deildar innan safnsins. Starfsmaður skipuleggur og vinnur að uppbyggingu safnkosts og veitir ráðgjöf og leiðsögn til notenda safns, samstarfsfólks og listamanna vegna viðburða. Starfsmaður heldur utan um stærri afmörkuð verkefni innan safnsins og er ábyrgur fyrir einhverjum fjármunum (minniháttar útgjöldum), safnkosti og teymisstjórnun.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-69</t>
   </si>
   <si>
     <t>Héraðsskjalavörður 1</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-69 Héraðsskjalavörður 1 &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði bókasafns- og upplýsingafræða og hafi sérhæfða þekkingu á skjalavörslu, þekkingu á lögum, reglum og samþykktum er gilda um opinbera skjalavörslu. Starfið felur í sér ábyrgð á stjórnun og rekstri héraðsskjalasafns í einu sveitarfélagi. Starfsmaður stýrir varðveislu, innheimtu og viðtöku opinberra skjala sveitafélags, ásamt því að hafa umsjón með og stýra lögbundnu eftirliti með skjalavörslu. Starfinu fylgir ábyrgð á safnkosti og fjármunum. Starfsmaður hefur mannaforráð og kemur að stefnumótun sem snýr að safninu en heyrir undir yfirstjórn sveitarfélags.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-78</t>
   </si>
@@ -735,93 +735,93 @@
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>1</v>
       </c>
       <c r="R3">
         <v>166</v>
       </c>
       <c r="S3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4">
         <v>1229.38</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="E4">
         <v>7</v>
       </c>
       <c r="F4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G4">
         <v>5</v>
       </c>
       <c r="H4">
         <v>3</v>
       </c>
       <c r="I4">
         <v>6</v>
       </c>
       <c r="J4">
         <v>1</v>
       </c>
       <c r="K4">
         <v>5</v>
       </c>
       <c r="L4">
         <v>1</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>1</v>
       </c>
       <c r="R4">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="S4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5">
         <v>1229.2</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5">
         <v>700</v>
       </c>
       <c r="E5">
         <v>7</v>
       </c>
       <c r="F5">
         <v>5</v>
       </c>
       <c r="G5">
@@ -1089,93 +1089,93 @@
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>1</v>
       </c>
       <c r="R9">
         <v>161</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>2432.02</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>4</v>
       </c>
       <c r="G10">
         <v>5</v>
       </c>
       <c r="H10">
         <v>3</v>
       </c>
       <c r="I10">
         <v>5</v>
       </c>
       <c r="J10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>1</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>1</v>
       </c>
       <c r="R10">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11">
         <v>2432.99</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11">
         <v>586</v>
       </c>
       <c r="E11">
         <v>7</v>
       </c>
       <c r="F11">
         <v>4</v>
       </c>
       <c r="G11">