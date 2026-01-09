--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -168,51 +168,51 @@
   <si>
     <t>Verkefnastjóri - lögfræðingur</t>
   </si>
   <si>
     <t>&lt;h3&gt;BHM-71 Verkefnastjóri - lögfræðingur&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi embættispróf í lögfræði. Starfið felur í sér ábyrgð á verkefnum sem tengjast lögfræðilegum álitaefnum, s.s. greinargerðum, lögum og reglugerðum, umsögnum, skjalagerð o.fl. Starfsmaður þarf að hafa mikla færni í ráðgjöf, leiðsögn og samningagerð. Formlegur málflutningur getur verið mikilvægur þáttur í starfi. Starfinu fylgir ábyrgð á velferð fólks vegna hlutverks starfsmanns við eftirlit með lögum og reglum.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-83</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - Lögfræðingur 1</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-83 Verkefnastjóri með sértæka ábyrgð – lögfræðingur 1&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi embættispróf í lögfræði. Einnig getur verið gerð krafa um málflutningsréttindi. Starfið felur í sér greiningar- og heimildavinnu, mat/túlkun á gögnum og úrlausn krefjandi lögfræðilegra verkefna. Einnig felur starfið í sér námskeiðahald og ráðgjöf til annarra starfmanna sveitarfélags.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-84</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - Lögfræðingur 2</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-84 Verkefnastjóri með sértæka ábyrgð – lögfræðingur 2 &lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi embættispróf í lögfræði og málflutningsréttindi. Starfið felur í sér lögfræðilegar leiðbeiningar og ráðgjöf, undirbúning mála, ásamt málaflutningi viðkomandi sviðs fyrir dómi. Starfsmaður hefur aðkomu að stefnumótun og hefur eftirlit með framfylgni laga og reglugerða sem fjalla um heilsu, öryggi eða velferð almennings. Starfinu fylgir stundum mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi embættispróf í lögfræði og málflutningsréttindi. Starfið felur í sér lögfræðilegar leiðbeiningar og ráðgjöf, undirbúning mála, ásamt málaflutningi viðkomandi sviðs fyrir dómi. Starfinu fylgir viðvarandi verkefnastjórnun. Starfsmaður hefur aðkomu að stefnumótun og hefur eftirlit með framfylgni laga og reglugerða sem fjalla um heilsu, öryggi eða velferð almennings. Starfinu fylgir stundum mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-95</t>
   </si>
   <si>
     <t>Forstöðurmaður 3 - Tækni</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-95 Forstöðumaður 3 – Tækni &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um háskólamenntun í verk- tækni eða byggingarfræði&lt;/em&gt; &lt;em&gt;auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunar og/eða rekstrar reynslu. Starfsmaður hefur yfirumsjón með einingu sem hann er í forstöðu fyrir. Starfinu fylgir ábyrgð á fjármunum, mannaforráð og umfangsmikil ábyrgð á eignum og upplýsingum. Starfsmaður þarf í starfi sínu að framfylgja og/eða innleiða lög eða reglugerðir sem hafa bein áhrif á heilsu, öryggi eða velferð fólks. Starfið felur einnig í sér ábyrgð á stefnumótun í málaflokki sem starfsmaður er í forsvari fyrir.&lt;/em&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -1135,93 +1135,93 @@
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>1</v>
       </c>
       <c r="R10">
         <v>163</v>
       </c>
       <c r="S10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11">
         <v>2429.97</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11">
-        <v>694</v>
+        <v>707</v>
       </c>
       <c r="E11">
         <v>7</v>
       </c>
       <c r="F11">
         <v>6</v>
       </c>
       <c r="G11">
         <v>6</v>
       </c>
       <c r="H11">
         <v>3</v>
       </c>
       <c r="I11">
         <v>7</v>
       </c>
       <c r="J11">
         <v>1</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>1</v>
       </c>
       <c r="R11">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12">
         <v>1239.99</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
         <v>752</v>
       </c>
       <c r="E12">
         <v>7</v>
       </c>
       <c r="F12">
         <v>6</v>
       </c>
       <c r="G12">