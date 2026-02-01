--- v0 (2025-11-26)
+++ v1 (2026-02-01)
@@ -689,69 +689,69 @@
   <si>
     <t>VEL.2650.uppeldis og meðferðarráðgjafi</t>
   </si>
   <si>
     <t>VEL.2679.uppeldis og meðferðarráðgjafi</t>
   </si>
   <si>
     <t>VEL.2689.uppeldis og meðferðarráðgjafi</t>
   </si>
   <si>
     <t>VEL.2949.uppeldis og meðferðarráðgjafi</t>
   </si>
   <si>
     <t>VEL.2679.stuðningsráðgjafi</t>
   </si>
   <si>
     <t>VEL.2679.ráðgjafi í málaflokki fatlaðs fólks</t>
   </si>
   <si>
     <t>VEL.2679.uppeldis- og meðferðarráðgjafi</t>
   </si>
   <si>
     <t>VEL.2689.forstöðumaður málefni fatlaðs fólks</t>
   </si>
   <si>
-    <t>VEL.2949.verkefnastjóri barna og fjölskyldumála</t>
-[...1 lines deleted...]
-  <si>
     <t>VEL.2689.teymisstjóri velferðarþjónustu</t>
   </si>
   <si>
     <t>VEL.2020.verkefnastjóri barna og fjölskyldumála</t>
   </si>
   <si>
     <t>VEL.2020.teymisstjóri sértækrar búsetu HMFÞ.</t>
   </si>
   <si>
+    <t>VEL.2671.sérfræðingur virknimiðlun</t>
+  </si>
+  <si>
+    <t>VEL.2674.næringarfræðingur</t>
+  </si>
+  <si>
     <t>VEL.2112.starfsmaður í neyðarskýli</t>
   </si>
   <si>
-    <t>VEL.2671.sérfræðingur virknimiðlun</t>
-[...2 lines deleted...]
-    <t>VEL.2674.næringarfræðingur</t>
+    <t>VEL.2112.félagsliði endurhæfingar</t>
   </si>
   <si>
     <t>VEL.2619.sjúkraliði endurhæfingar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1058,51 +1058,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q218"/>
+  <dimension ref="A1:Q217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -12144,511 +12144,470 @@
         <v>5</v>
       </c>
       <c r="K209">
         <v>4</v>
       </c>
       <c r="L209">
         <v>5</v>
       </c>
       <c r="M209">
         <v>4</v>
       </c>
       <c r="N209">
         <v>4</v>
       </c>
       <c r="O209">
         <v>3</v>
       </c>
       <c r="P209">
         <v>2</v>
       </c>
       <c r="Q209">
         <v>294</v>
       </c>
     </row>
     <row r="210" spans="1:17">
+      <c r="A210">
+        <v>2446.97</v>
+      </c>
       <c r="B210" t="s">
         <v>225</v>
       </c>
       <c r="C210">
-        <v>670</v>
+        <v>708</v>
       </c>
       <c r="D210">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E210">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F210">
         <v>6</v>
       </c>
       <c r="G210">
         <v>3</v>
       </c>
       <c r="H210">
         <v>6</v>
       </c>
       <c r="I210">
         <v>1</v>
       </c>
       <c r="J210">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K210">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L210">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M210">
         <v>3</v>
       </c>
       <c r="N210">
         <v>2</v>
       </c>
       <c r="O210">
         <v>3</v>
       </c>
       <c r="P210">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q210">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>2446.97</v>
+        <v>2446.99</v>
       </c>
       <c r="B211" t="s">
         <v>226</v>
       </c>
       <c r="C211">
-        <v>708</v>
+        <v>670</v>
       </c>
       <c r="D211">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E211">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F211">
         <v>6</v>
       </c>
       <c r="G211">
         <v>3</v>
       </c>
       <c r="H211">
         <v>6</v>
       </c>
       <c r="I211">
         <v>1</v>
       </c>
       <c r="J211">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K211">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L211">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M211">
         <v>3</v>
       </c>
       <c r="N211">
         <v>2</v>
       </c>
       <c r="O211">
         <v>3</v>
       </c>
       <c r="P211">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="Q211">
-        <v>289</v>
+        <v>282</v>
       </c>
     </row>
     <row r="212" spans="1:17">
+      <c r="A212">
+        <v>2342.99</v>
+      </c>
       <c r="B212" t="s">
         <v>227</v>
       </c>
       <c r="C212">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="D212">
         <v>6</v>
       </c>
       <c r="E212">
         <v>5</v>
       </c>
       <c r="F212">
         <v>6</v>
       </c>
       <c r="G212">
         <v>3</v>
       </c>
       <c r="H212">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I212">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J212">
         <v>4</v>
       </c>
       <c r="K212">
         <v>4</v>
       </c>
       <c r="L212">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M212">
         <v>3</v>
       </c>
       <c r="N212">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O212">
         <v>3</v>
       </c>
       <c r="P212">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q212">
-        <v>282</v>
+        <v>280</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>2342.99</v>
+        <v>2412.05</v>
       </c>
       <c r="B213" t="s">
         <v>228</v>
       </c>
       <c r="C213">
-        <v>661</v>
+        <v>642</v>
       </c>
       <c r="D213">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E213">
         <v>5</v>
       </c>
       <c r="F213">
         <v>6</v>
       </c>
       <c r="G213">
         <v>3</v>
       </c>
       <c r="H213">
         <v>5</v>
       </c>
       <c r="I213">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J213">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K213">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L213">
         <v>4</v>
       </c>
       <c r="M213">
         <v>3</v>
       </c>
       <c r="N213">
         <v>1</v>
       </c>
       <c r="O213">
         <v>3</v>
       </c>
       <c r="P213">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q213">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>5139.99</v>
+        <v>2265.99</v>
       </c>
       <c r="B214" t="s">
         <v>229</v>
       </c>
       <c r="C214">
-        <v>457</v>
+        <v>623</v>
       </c>
       <c r="D214">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E214">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F214">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G214">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H214">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I214">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J214">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K214">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L214">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M214">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N214">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O214">
         <v>3</v>
       </c>
       <c r="P214">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q214">
-        <v>245</v>
+        <v>274</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>2412.05</v>
+        <v>5139.99</v>
       </c>
       <c r="B215" t="s">
         <v>230</v>
       </c>
       <c r="C215">
-        <v>642</v>
+        <v>477</v>
       </c>
       <c r="D215">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E215">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F215">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G215">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H215">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I215">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J215">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K215">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L215">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M215">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N215">
         <v>1</v>
       </c>
       <c r="O215">
         <v>3</v>
       </c>
       <c r="P215">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q215">
-        <v>277</v>
+        <v>248</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>2265.99</v>
+        <v>5133.01</v>
       </c>
       <c r="B216" t="s">
         <v>231</v>
       </c>
       <c r="C216">
-        <v>623</v>
+        <v>522</v>
       </c>
       <c r="D216">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E216">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F216">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G216">
         <v>3</v>
       </c>
       <c r="H216">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I216">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J216">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K216">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L216">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M216">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N216">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O216">
         <v>3</v>
       </c>
       <c r="P216">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q216">
-        <v>274</v>
+        <v>254</v>
       </c>
     </row>
     <row r="217" spans="1:17">
+      <c r="A217">
+        <v>3231.04</v>
+      </c>
       <c r="B217" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C217">
-        <v>477</v>
+        <v>542</v>
       </c>
       <c r="D217">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E217">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F217">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G217">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H217">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I217">
         <v>4</v>
       </c>
       <c r="J217">
         <v>4</v>
       </c>
       <c r="K217">
         <v>4</v>
       </c>
       <c r="L217">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M217">
         <v>2</v>
       </c>
       <c r="N217">
         <v>1</v>
       </c>
       <c r="O217">
         <v>3</v>
       </c>
       <c r="P217">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q217">
-        <v>248</v>
-[...48 lines deleted...]
-      <c r="Q218">
         <v>257</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>