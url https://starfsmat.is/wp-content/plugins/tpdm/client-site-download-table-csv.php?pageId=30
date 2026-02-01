--- v0 (2025-11-27)
+++ v1 (2026-02-01)
@@ -150,180 +150,180 @@
   <si>
     <t>Forstöðuþroskaþjálfi 2 í búsetuþjónustu</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-22 Forstöðumaður 2 í búsetuþjónustu &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði heilbrigðis- og/eða félagsvísinda auk framhaldsmenntunar á háskólastigi eða víðtækrar stjórnunarreynslu. Starfið felur í sér yfirumsjón með tveimur eða fleiri starfseiningum í búsetu- og/eða dagþjónustu, ábyrgð á fjármunum og mikil mannaforráð. Starfinu fylgir ábyrgð á velferð einstaklinga vegna þeirrar þjónustu sem veitt er. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræði sveitarfélagsins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-32</t>
   </si>
   <si>
     <t>Ráðgjafarþroskaþjálfi</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-32 Ráðgjafarþroskaþjálfi &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun í þroskaþjálfun auk meistaragráðu eða víðtæka reynslu af stjórnun og rekstri. Starfið felur í sér ábyrgð á verkefnum sem tengjast velferðarúrræðum. Starfsmaður greinir og metu þjónustuþörf og veitir ráðgjöf um viðeigandi þjónustu. Starfsmaður er með viðvarandi verkefnastjórnun starfsmanna og hefur aðkomu að stefnumótun innan málaflokksins. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-40</t>
   </si>
   <si>
     <t>Verkefnastjóri 3 - mannauðsmál og/eða fræðslumál</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-40 Verkefnastjóri 3 – mannauðsmál og/eða fræðslumál&lt;/strong&gt;&lt;/h3&gt;
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun sem nýtist í starfi. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags. &lt;/em&gt;</t>
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið háskólamenntun sem nýtist í starfi auk ásamt mikilli starfs- og stjórnunarreynslu á viðkomandi sérfræðisviði. Starfið felur í sér verkefni sem tengjast mannauðsstjórnun, fræðslumálum, ráðgjöf og verkefnastjórnun, og gerðar eru kröfur um sérstaka færni í þjálfun og fræðslu, námskeiðahaldi og hvatningu til annarra starfsmanna. Formleg ráðgjöf vegna starfsmannamála er veigamikill þáttur í starfi. Starfið felur í sér að verkstýra og útdeila verkefnum til annarra starfsmanna, ásamt þátttöku í stefnumótun í mannauðsmálum stofnunar/sveitarfélags.   &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-42</t>
   </si>
   <si>
     <t>Verkefnastjóri með sértæka ábyrgð - í virkni-, mennta- eða velferðarúrræðum</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;/h3&gt;
 &lt;h3&gt;&lt;strong&gt;BHM-42 Verkefnastjóri með sértæka ábyrgð – í virkni, mennta og/eða velferðarúrræðum&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi framhaldsháskólapróf á heilbrigðis-, mennta- eða félagsvísindasviði. Starfið felur í sér viðvarandi verkefnastjórnun, og verkefni sem tengjast ráðgjöf, greiningu og meðferð einstaklinga og/eða hópa í virkni- og/eða velferðarúrræðum. Starfsmaður ber ábyrgð á að meta þjónustuþörf og skipuleggja velferðarúrræði sem hafa áhrif á vellíðan og velferð einstaklinga eða hópa. Einnig hefur starfsmaður aðkomu að stefnumótun innan málaflokksins.&lt;/em&gt;
 &amp;nbsp;</t>
   </si>
   <si>
     <t>BHM-53</t>
   </si>
   <si>
     <t>Þroskaþjálfi í málefnum fatlaðra</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-53 Þroskaþjálfi í málefnum fatlaðra &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér samskipti við notendur þjónustu sem geta verið með krefjandi þarfir og þarfnast umönnunar og/eða þjálfunar frá starfsmanni. Starfsmaður veitir persónulegan stuðning og aðstoð við athafnir daglegs lífs og hefur áhrif á þau velferðarúrræði sem í boði eru, s.s. mat á þörf fyrir hjálpartæki o.fl. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
+    <t>BHM-54</t>
+  </si>
+  <si>
+    <t>Þroskaþjálfi í leikskóla</t>
+  </si>
+  <si>
+    <t>Gerð er krafa um að starfsfólk hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að vinna sem slíkur. Starfið felur í sér ábyrgð á velferð barna. Þroskaþjálfi vinnur að greiningum á nemendum og vinnur einstaklings- og hópaáætlanir. Í starfinu felst reglulegt líkamlegt erfiði t.d. að fólk geti þurft að vinna í erfiðum eða óþægilegum vinnustellingum og í húsnæði/vinnuaðstæðum þar sem fatlaðir nemendur eru ekki hafðir í huga.</t>
+  </si>
+  <si>
     <t>BHM-55</t>
   </si>
   <si>
     <t>Forstöðuþroskaþjálfi í frístund/lengdri viðveru</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-55 Forstöðuþroskaþjálfi í frístund/lengdri viðveru &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunnar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér ábyrgð á starfseiningu og hafa  umsjón með félagsstarfi/frístund eða lengdri viðveru. Starfið felur í sér mannaforráð, ábyrgð á fjármunum og velferð einstaklinga. Starfsmaður kemur að stefnumótun sem varðar velferðarúrræðið. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
+    <t>BHM-56</t>
+  </si>
+  <si>
+    <t>Yfirþroskaþjálfi í leikskóla</t>
+  </si>
+  <si>
+    <t>Gerð er krafa um að starfsfólk hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að starfa sem slíkur. Einnig eru gerðar kröfur um reynslu af starfi með börnum. Starfið felur í sér ábyrgð á sérhæfðri stuðningsvinnu og þjálfun nemenda með fjölbreyttar þarfir og áskoranir, þar á meðal félagslegar tilfinningalegar og hegðunarlegar.  Starfið felst í að vinna að lausnum sem hafa mikil áhrif á velferð nemenda. Starfið felur einnig í sér viðvarandi verkstjórnun, leiðsögn til annars starfsfólks og eftirlit með vinnu annarra. Yfirþroskaþjálfinn skipuleggur innra starf ásamt leikskólastjóra og aðstoðarleikskólastjóra eftir því sem við á.</t>
+  </si>
+  <si>
     <t>BHM-61</t>
   </si>
   <si>
     <t>Yfirþroskaþjálfi í málefnum fatlatra</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-61 Yfirþroskaþjálfi í málefnum fatlaðra &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um háskólamenntun á sviði þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og starfsleyfi þar sem það á við. Starfið felur í sér vinnu með notendum þjónustu sem búa við fjölþætt vandamál t.d. líkamlegar og/eða andlegar fatlanir og fíknivanda. Starfinu fylgir ábyrgð á velferð fólks, mannaforráð og ábyrgð á upplýsingum. Starfinu fylgir stundum mjög mikið tilfinningalegt álag&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-82</t>
   </si>
   <si>
     <t>Deildarstjóri sérdeildar</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-82 Deildarstjóri sérdeildar&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunar eða á öðru viðurkenndu fagsviði sem nýtist í starfi og að hafa starfsleyfi þar sem það á við. Einnig eru gerðar kröfur um reynslu af vinnu með einstaklingum með margvíslegar fatlanir. Starfið felur í sér persónulega þjónustu við nemendur með krefjandi þarfir vegna fötlunar sinnar og starfsmaður hefur áhrif á þau velferðarúrræði sem valin eru. Starfið felur í sér talsverða verkstjórn, leiðsögn, samhæfingu og þjálfum annarra starfsmanna. Starfinu fylgir stundum mjög mikið tilfinningalegt álag. &lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-85</t>
   </si>
   <si>
     <t>Ráðgjafi í málefnum fatlaðs fólks</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-85 Ráðgjafi í málefnum fatlaðs fólks &lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi starfsréttindi í þroskaþjálfun auk mikillar starfs og stjórnunarreynslu eða starfsréttindi í félagsráðgjöf. Starfið felur í sér viðvarandi verkefnastjórnun, ábyrgð á fjölskyldu- eða einstaklingsmálum og starfsmaður er tengiliður við forstöðumenn starfstöðva. Starfsmaður annast móttöku og úrvinnslu umsókna um þjónustu og metur þjónustuþörf. Starfsmaður tekur þátt í stefnumótun, þróun, og nýsköpun í málaflokknum. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
+  </si>
+  <si>
+    <t>BHM-87</t>
+  </si>
+  <si>
+    <t>Ráðgjafi í barnavernd</t>
+  </si>
+  <si>
+    <t>&lt;h3&gt;&lt;strong&gt;BHM-87 Ráðgjafi í barnavernd&lt;/strong&gt;&lt;/h3&gt;
+&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhalds háskólamenntun á sviði félags-, mennta og eða/heilbrigðisvísinda s.s. uppeldis-, sál- og/eða félagsfræði auk reynslu af barnaverndarmálum. Starfið felur í sér ábyrgð á verkefnum sem eru t.d. barnaverndarmál, flókin fjölskyldumál og mál hælisleitenda. Starfsmaður greinir og metur flóknar þarfir skjólstæðinga, skipuleggur þjónustuna og samhæfir hana. Starfið felur í sér talsverða beina ábyrgð á málastjórn, leiðsögn, samræmingu og þjálfun til annarra starfsmanna. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
   <si>
     <t>BHM-89</t>
   </si>
   <si>
     <t>Þroskaþjálfi / Sérfræðingur / Iðjuþjálfi í málefnum fatlaðra á öryggisheimili</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;BHM-89 Þroskaþjálfi / Sérfræðingur / Iðjuþjálfi í málefnum fatlaðra á öryggisheimili&lt;/strong&gt;&lt;/h3&gt;
 &lt;em&gt;Gerð er krafa um að starfsmaður hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að starfa sem slíkur. Starfið felur í sér að starfsmaður þarf að hafa afar mikilla færni á sviði umönnunar, fræðslu og ráðgjafar. Starfsmaður vinnur greiningar, einstaklings- og hópáætlanir fyrir íbúa. Starfsmaður sinnir íbúum sem þurfa aðstoð við athafnir daglegs lífs og geta þeir verið mjög ógnandi og sýnt af sér andfélagslega hegðun. Starfsmaður þarf að vinna við aðstæður sem teljast mjög óþægilegar, ógeðfelldar eða hættulegar stóran hluta vinnutímans. Starfinu fylgir stundum mjög mikið tilfinningalegt álag.&lt;/em&gt;
 &lt;em&gt;
 &lt;/em&gt;</t>
   </si>
   <si>
-    <t>BHM-54</t>
-[...16 lines deleted...]
-  <si>
     <t>BHM-97</t>
   </si>
   <si>
     <t>Þroskaþjálfi í grunnskóla</t>
   </si>
   <si>
     <t>Gerð er krafa um að starfsfólk hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að vinna sem slíkur. Starfið felur í sér ábyrgð á velferð nemenda. Þroskaþjálfi vinnur að greiningum á nemendum og vinnur einstaklings- og/eða hópaáætlanir. Starfið felst m.a. í að halda utan um teymisfundi/þjálfunarfundi vegna nemenda og fylgja eftir áætlunum. Í starfinu felst að jafnaði takmarkað líkamlegt erfiði en reglubundið er þess krafist að þroskaþjálfi vinni í erfiðum og óþægilegum vinnustellingum þegar það aðstoðar nemendur. Þroskaþjálfi getur í starfi orðið fyrir hótunum, ofbeldi eða ógnandi hegðun.</t>
   </si>
   <si>
     <t>BHM-98</t>
   </si>
   <si>
     <t>Þroskaþjálfi í sérdeild</t>
   </si>
   <si>
     <t>Gerð er krafa um að starfsfólk hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að vinna sem slíkur. Starfið felur í sér ábyrgð á velferð nemenda með sértækar þarfir. Þroskaþjálfi vinnur að greiningum á nemendum og vinnur einstaklings- og/eða hópaáætlanir og fylgir þeim eftir með teymis/þjálfunarfundum. Í starfinu felst að jafnaði takmarkað líkamlegt erfiði en reglubundið er þess krafist að þroskaþjálfi vinni í erfiðum og óþægilegum vinnustellingum þegar það aðstoðar nemendur. Þroskaþjálfi getur í starfi orðið fyrir hótunum, ofbeldi eða ógnandi hegðun.</t>
   </si>
   <si>
     <t>BHM-99</t>
   </si>
   <si>
     <t>Þroskaþjálfi í sérdeild – sérúrræði</t>
   </si>
   <si>
     <t>Gerð er krafa um að starfsfólk hafi háskólamenntun á sviði þroskaþjálfunar og starfsleyfi til að vinna sem slíkur. Starfið felur í sér ábyrgð á velferð nemenda með flóknar og sértækar þarfir. Þroskaþjálfinn hefur umsjón með nemendum sem eru með greiningar, vinnur einstaklings- og hópaáætlanir og fylgir þeim eftir með teymis/þjálfunarfundum. Í starfinu felst að jafnaði takmarkað líkamlegt erfiði og reglubundið er þess krafist að þroskaþjálfi vinni í mjög erfiðum og óþægilegum vinnustellingum þegar það aðstoðar nemendur. Þroskaþjálfi getur að jafnaði í starfi orðið fyrir hótunum, ofbeldi eða ógnandi hegðun.</t>
-  </si>
-[...8 lines deleted...]
-&lt;em&gt;Gerð er krafa um að starfsmaður hafi lokið framhalds háskólamenntun á sviði félags-, mennta og eða/heilbrigðisvísinda s.s. uppeldis-, sál- og/eða félagsfræði auk reynslu af barnaverndarmálum. Starfið felur í sér ábyrgð á verkefnum sem eru t.d. barnaverndarmál, flókin fjölskyldumál og mál hælisleitenda. Starfsmaður greinir og metur flóknar þarfir skjólstæðinga, skipuleggur þjónustuna og samhæfir hana. Starfið felur í sér talsverða beina ábyrgð á málastjórn, leiðsögn, samræmingu og þjálfun til annarra starfsmanna. Starfinu fylgir reglulega mjög mikið tilfinningalegt álag.&lt;/em&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1118,93 +1118,93 @@
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>173</v>
       </c>
       <c r="S8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
         <v>2412.96</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="E9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
         <v>6</v>
       </c>
       <c r="H9">
         <v>3</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>1</v>
       </c>
       <c r="R9">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="S9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10">
         <v>2446.97</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
         <v>681</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>5</v>
       </c>
       <c r="G10">
@@ -1286,169 +1286,169 @@
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>1</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>158</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12">
-        <v>2342.99</v>
+        <v>2342.09</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12">
-        <v>677</v>
+        <v>612</v>
       </c>
       <c r="E12">
         <v>6</v>
       </c>
       <c r="F12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G12">
         <v>5</v>
       </c>
       <c r="H12">
         <v>3</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J12">
         <v>3</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="S12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13">
-        <v>2446.99</v>
+        <v>2342.99</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="E13">
         <v>6</v>
       </c>
       <c r="F13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13">
         <v>5</v>
       </c>
       <c r="J13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="S13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14">
-        <v>2342.01</v>
+        <v>2342.1</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="D14">
         <v>654</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>5</v>
       </c>
       <c r="G14">
         <v>6</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14">
         <v>5</v>
       </c>
@@ -1472,337 +1472,337 @@
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>166</v>
       </c>
       <c r="S14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15">
         <v>2446.99</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="E15">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F15">
         <v>5</v>
       </c>
       <c r="G15">
         <v>6</v>
       </c>
       <c r="H15">
         <v>3</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="S15" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16">
-        <v>2342.04</v>
+        <v>2342.01</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="s">
         <v>62</v>
       </c>
       <c r="D16">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
         <v>5</v>
       </c>
       <c r="G16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H16">
         <v>3</v>
       </c>
       <c r="I16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
         <v>1</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17">
-        <v>2342.09</v>
+        <v>2446.99</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
       <c r="C17" t="s">
         <v>65</v>
       </c>
       <c r="D17">
-        <v>612</v>
+        <v>688</v>
       </c>
       <c r="E17">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F17">
         <v>5</v>
       </c>
       <c r="G17">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H17">
         <v>3</v>
       </c>
       <c r="I17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J17">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R17">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="S17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18">
-        <v>2342.1</v>
+        <v>2446.99</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>68</v>
       </c>
       <c r="D18">
-        <v>654</v>
+        <v>698</v>
       </c>
       <c r="E18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F18">
         <v>5</v>
       </c>
       <c r="G18">
         <v>6</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M18">
         <v>5</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="S18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19">
-        <v>2342.07</v>
+        <v>2342.04</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19">
-        <v>654</v>
+        <v>609</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
         <v>5</v>
       </c>
       <c r="G19">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H19">
         <v>3</v>
       </c>
       <c r="I19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O19">
         <v>1</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="S19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20">
-        <v>2342.08</v>
+        <v>2342.07</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20" t="s">
         <v>74</v>
       </c>
       <c r="D20">
         <v>654</v>
       </c>
       <c r="E20">
         <v>6</v>
       </c>
       <c r="F20">
         <v>5</v>
       </c>
       <c r="G20">
         <v>6</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
@@ -1826,152 +1826,152 @@
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>166</v>
       </c>
       <c r="S20" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21">
         <v>2342.08</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
       <c r="C21" t="s">
         <v>77</v>
       </c>
       <c r="D21">
-        <v>674</v>
+        <v>654</v>
       </c>
       <c r="E21">
         <v>6</v>
       </c>
       <c r="F21">
         <v>5</v>
       </c>
       <c r="G21">
         <v>6</v>
       </c>
       <c r="H21">
         <v>3</v>
       </c>
       <c r="I21">
         <v>5</v>
       </c>
       <c r="J21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>5</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>1</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="S21" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22">
-        <v>2446.99</v>
+        <v>2342.08</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
       <c r="C22" t="s">
         <v>80</v>
       </c>
       <c r="D22">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="E22">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F22">
         <v>5</v>
       </c>
       <c r="G22">
         <v>6</v>
       </c>
       <c r="H22">
         <v>3</v>
       </c>
       <c r="I22">
         <v>5</v>
       </c>
       <c r="J22">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M22">
         <v>5</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>