--- v0 (2025-11-06)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -146,75 +146,75 @@
   <si>
     <t>Verkefnastjóri fræðslu og kynningarmála Listhúss Kópavogs</t>
   </si>
   <si>
     <t>1000-153</t>
   </si>
   <si>
     <t>Þjónustustjóri þjónustuvers</t>
   </si>
   <si>
     <t>1000-3</t>
   </si>
   <si>
     <t>Deildastjóri þjónustu frístund barna/unglinga</t>
   </si>
   <si>
     <t>1000-1</t>
   </si>
   <si>
     <t xml:space="preserve">Birgðastjóri              </t>
   </si>
   <si>
     <t>1000-123/128</t>
   </si>
   <si>
-    <t>Félagsliði á sambýli/hæfingastöð</t>
+    <t>Starfsmaður í íbúðarkjarna</t>
   </si>
   <si>
     <t>1000-75</t>
   </si>
   <si>
     <t>Garðyrkjustjóri Kópavogs</t>
   </si>
   <si>
     <t>1000-137</t>
   </si>
   <si>
     <t>Garðyrkjuverkstjóri</t>
   </si>
   <si>
     <t>1000-59</t>
   </si>
   <si>
     <t>Innritunarfulltrúi í leikskóla</t>
   </si>
   <si>
     <t>1000-155</t>
   </si>
   <si>
-    <t>Kerfisstjóri - Kerfis og notendaþjónusta</t>
+    <t>Kerfisstjóri</t>
   </si>
   <si>
     <t>1000-13</t>
   </si>
   <si>
     <t>Launa og fjármálafulltrúi/Launa og rekstrarfulltrúi</t>
   </si>
   <si>
     <t>1000-131</t>
   </si>
   <si>
     <t>Matreiðslumaður  í grunnskóla    Hörðuvallaskóli</t>
   </si>
   <si>
     <t>1000-82</t>
   </si>
   <si>
     <t>Verkefnastjóri skrifstofu stjórnsýslusviðs</t>
   </si>
   <si>
     <t>1000-145</t>
   </si>
   <si>
     <t>Sérfræðingur í hugbúnaðarþróun</t>
   </si>
@@ -260,54 +260,63 @@
   <si>
     <t>Flokkstjóri</t>
   </si>
   <si>
     <t>1000-154</t>
   </si>
   <si>
     <t>Þjónustufulltrúi/ staðgengill þjónustustjóra</t>
   </si>
   <si>
     <t>Forstöðumaður í Gerðarsafni og Náttúrufræðistofu Kópavogs</t>
   </si>
   <si>
     <t>Bæjarverkstjóri</t>
   </si>
   <si>
     <t>Verkefnastjóri í stafrænni þróun</t>
   </si>
   <si>
     <t>Teymisstjóri á heimili fatlaðs fólks</t>
   </si>
   <si>
     <t>Skjalastjóri</t>
   </si>
   <si>
+    <t>Kerfis og notendaþjónusta</t>
+  </si>
+  <si>
     <t>Deildarstjóri gatnadeildar</t>
   </si>
   <si>
+    <t>Verkefnastjóri skólaþjónustu leikskóladeildar</t>
+  </si>
+  <si>
     <t>Þjónustu og innheimtufulltrúi</t>
+  </si>
+  <si>
+    <t>Deildarstjóri Reikningshalds</t>
   </si>
   <si>
     <t>Verkefnastjóri miðstöðvar unga fólksins (Molanum)</t>
   </si>
   <si>
     <t>Yfirvaktstjóri í sundlaug</t>
   </si>
   <si>
     <t>Ráðgjafi í upplýsingatækni</t>
   </si>
   <si>
     <t>Verkefnastjóri á grunnskóladeild</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -623,51 +632,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S43"/>
+  <dimension ref="A1:S46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2807,384 +2816,558 @@
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37">
         <v>6</v>
       </c>
       <c r="Q37">
         <v>1</v>
       </c>
       <c r="R37">
         <v>167</v>
       </c>
       <c r="S37" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38">
-        <v>1229.26</v>
+        <v>3120.02</v>
       </c>
       <c r="B38">
         <v>1000</v>
       </c>
       <c r="C38" t="s">
         <v>82</v>
       </c>
       <c r="D38">
-        <v>799</v>
+        <v>485</v>
       </c>
       <c r="E38">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I38">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N38">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O38">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q38">
         <v>1</v>
       </c>
       <c r="R38">
-        <v>187</v>
+        <v>142</v>
       </c>
       <c r="S38" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:19">
+      <c r="A39">
+        <v>1229.26</v>
+      </c>
       <c r="B39">
         <v>1000</v>
       </c>
       <c r="C39" t="s">
         <v>83</v>
       </c>
       <c r="D39">
-        <v>515</v>
+        <v>799</v>
       </c>
       <c r="E39">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F39">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G39">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I39">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L39">
         <v>2</v>
       </c>
       <c r="M39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P39">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R39">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="S39" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:19">
+      <c r="A40">
+        <v>2446.97</v>
+      </c>
+      <c r="B40">
+        <v>1000</v>
+      </c>
       <c r="C40" t="s">
         <v>84</v>
       </c>
       <c r="D40">
-        <v>582</v>
+        <v>694</v>
       </c>
       <c r="E40">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G40">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H40">
         <v>3</v>
       </c>
       <c r="I40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>2</v>
       </c>
       <c r="R40">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="S40" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:19">
+      <c r="B41">
+        <v>1000</v>
+      </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41">
-        <v>479</v>
+        <v>515</v>
       </c>
       <c r="E41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F41">
         <v>3</v>
       </c>
       <c r="G41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J41">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L41">
         <v>2</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="S41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42">
-[...1 lines deleted...]
-      </c>
       <c r="B42">
         <v>1000</v>
       </c>
       <c r="C42" t="s">
         <v>86</v>
       </c>
       <c r="D42">
-        <v>586</v>
+        <v>765</v>
       </c>
       <c r="E42">
         <v>7</v>
       </c>
       <c r="F42">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G42">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I42">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q42">
         <v>1</v>
       </c>
       <c r="R42">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="S42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43">
-[...4 lines deleted...]
-      </c>
       <c r="C43" t="s">
         <v>87</v>
       </c>
       <c r="D43">
+        <v>582</v>
+      </c>
+      <c r="E43">
+        <v>6</v>
+      </c>
+      <c r="F43">
+        <v>4</v>
+      </c>
+      <c r="G43">
+        <v>4</v>
+      </c>
+      <c r="H43">
+        <v>3</v>
+      </c>
+      <c r="I43">
+        <v>5</v>
+      </c>
+      <c r="J43">
+        <v>2</v>
+      </c>
+      <c r="K43">
+        <v>4</v>
+      </c>
+      <c r="L43">
+        <v>3</v>
+      </c>
+      <c r="M43">
+        <v>4</v>
+      </c>
+      <c r="N43">
+        <v>3</v>
+      </c>
+      <c r="O43">
+        <v>1</v>
+      </c>
+      <c r="P43">
+        <v>3</v>
+      </c>
+      <c r="Q43">
+        <v>2</v>
+      </c>
+      <c r="R43">
+        <v>156</v>
+      </c>
+      <c r="S43" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="C44" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44">
+        <v>479</v>
+      </c>
+      <c r="E44">
+        <v>4</v>
+      </c>
+      <c r="F44">
+        <v>3</v>
+      </c>
+      <c r="G44">
+        <v>3</v>
+      </c>
+      <c r="H44">
+        <v>3</v>
+      </c>
+      <c r="I44">
+        <v>4</v>
+      </c>
+      <c r="J44">
+        <v>3</v>
+      </c>
+      <c r="K44">
+        <v>3</v>
+      </c>
+      <c r="L44">
+        <v>2</v>
+      </c>
+      <c r="M44">
+        <v>2</v>
+      </c>
+      <c r="N44">
+        <v>3</v>
+      </c>
+      <c r="O44">
+        <v>2</v>
+      </c>
+      <c r="P44">
+        <v>3</v>
+      </c>
+      <c r="Q44">
+        <v>2</v>
+      </c>
+      <c r="R44">
+        <v>141</v>
+      </c>
+      <c r="S44" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45">
+        <v>2432.97</v>
+      </c>
+      <c r="B45">
+        <v>1000</v>
+      </c>
+      <c r="C45" t="s">
+        <v>89</v>
+      </c>
+      <c r="D45">
+        <v>586</v>
+      </c>
+      <c r="E45">
+        <v>7</v>
+      </c>
+      <c r="F45">
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>5</v>
+      </c>
+      <c r="H45">
+        <v>3</v>
+      </c>
+      <c r="I45">
+        <v>5</v>
+      </c>
+      <c r="J45">
+        <v>2</v>
+      </c>
+      <c r="K45">
+        <v>4</v>
+      </c>
+      <c r="L45">
+        <v>1</v>
+      </c>
+      <c r="M45">
+        <v>2</v>
+      </c>
+      <c r="N45">
+        <v>3</v>
+      </c>
+      <c r="O45">
+        <v>2</v>
+      </c>
+      <c r="P45">
+        <v>4</v>
+      </c>
+      <c r="Q45">
+        <v>1</v>
+      </c>
+      <c r="R45">
+        <v>156</v>
+      </c>
+      <c r="S45" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46">
+        <v>2432.97</v>
+      </c>
+      <c r="B46">
+        <v>1000</v>
+      </c>
+      <c r="C46" t="s">
+        <v>90</v>
+      </c>
+      <c r="D46">
         <v>625</v>
       </c>
-      <c r="E43">
+      <c r="E46">
         <v>7</v>
       </c>
-      <c r="F43">
-[...35 lines deleted...]
-      <c r="R43">
+      <c r="F46">
+        <v>5</v>
+      </c>
+      <c r="G46">
+        <v>6</v>
+      </c>
+      <c r="H46">
+        <v>3</v>
+      </c>
+      <c r="I46">
+        <v>5</v>
+      </c>
+      <c r="J46">
+        <v>1</v>
+      </c>
+      <c r="K46">
+        <v>4</v>
+      </c>
+      <c r="L46">
+        <v>1</v>
+      </c>
+      <c r="M46">
+        <v>4</v>
+      </c>
+      <c r="N46">
+        <v>3</v>
+      </c>
+      <c r="O46">
+        <v>1</v>
+      </c>
+      <c r="P46">
+        <v>4</v>
+      </c>
+      <c r="Q46">
+        <v>2</v>
+      </c>
+      <c r="R46">
         <v>162</v>
       </c>
-      <c r="S43" t="s">
+      <c r="S46" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>