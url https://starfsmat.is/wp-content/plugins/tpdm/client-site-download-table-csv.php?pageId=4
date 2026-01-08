--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -1553,51 +1553,51 @@
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>5</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>1</v>
       </c>
       <c r="Q17">
-        <v>564</v>
+        <v>264</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
         <v>4121.02</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>578</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18">
         <v>5</v>
       </c>
       <c r="F18">
         <v>4</v>
       </c>
       <c r="G18">
         <v>4</v>
       </c>
       <c r="H18">