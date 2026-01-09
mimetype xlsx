--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -212,56 +212,50 @@
   <si>
     <t>6000-58/59</t>
   </si>
   <si>
     <t>Verkstjóri -  Plastiðjan</t>
   </si>
   <si>
     <t>6000-54</t>
   </si>
   <si>
     <t>Verkstjóri í Hrísey</t>
   </si>
   <si>
     <t>6000-53</t>
   </si>
   <si>
     <t xml:space="preserve">Verkstjóri Jarðeignir og dýraeftirlit                      </t>
   </si>
   <si>
     <t>6000-125</t>
   </si>
   <si>
     <t>Verkstjóri SVA og Ferliþjónustu</t>
   </si>
   <si>
-    <t>6000-138</t>
-[...4 lines deleted...]
-  <si>
     <t>6000-35</t>
   </si>
   <si>
     <t>Vélamaður Hlíðarfjalli</t>
   </si>
   <si>
     <t>6000-35 b</t>
   </si>
   <si>
     <t>Vélamaður Hlíðarfjalli/Umsjónarmaður snjótroðslu</t>
   </si>
   <si>
     <t>Skrifstofufulltrúi PBI</t>
   </si>
   <si>
     <t xml:space="preserve">Yfirnáttúrufræðingur </t>
   </si>
   <si>
     <t>6000-50</t>
   </si>
   <si>
     <t>Stjórn þungavinnuvéla (Malbikunarstöð)</t>
   </si>
   <si>
     <t>6000-94</t>
@@ -536,51 +530,51 @@
   <si>
     <t>List- og handverksleiðbeinandi með hússtjórn</t>
   </si>
   <si>
     <t>6000-95</t>
   </si>
   <si>
     <t>Félagsliði í heimaþjónustu B</t>
   </si>
   <si>
     <t>6000-140</t>
   </si>
   <si>
     <t>Félagsliði við félagsstarf aldraðra</t>
   </si>
   <si>
     <t>6000-139</t>
   </si>
   <si>
     <t>Starfsmaður  við félagsstarf aldraðra</t>
   </si>
   <si>
     <t>6000-130</t>
   </si>
   <si>
-    <t>Starfsmaður á skíðaleigu / umsjónarmaður skíðaleigu</t>
+    <t>Umsjónarmaður skíðaleigu</t>
   </si>
   <si>
     <t>74.36.99</t>
   </si>
   <si>
     <t>6000-133</t>
   </si>
   <si>
     <t>Starfsmaður Gránufélagsteymis</t>
   </si>
   <si>
     <t>6000-110</t>
   </si>
   <si>
     <t>Yfirvélstjóri</t>
   </si>
   <si>
     <t>6000-129</t>
   </si>
   <si>
     <t xml:space="preserve">Húsvörður II </t>
   </si>
   <si>
     <t>6000-1</t>
   </si>
@@ -717,50 +711,53 @@
     <t>6000-137</t>
   </si>
   <si>
     <t>List og handverksleiðbeinandi</t>
   </si>
   <si>
     <t>6000-16</t>
   </si>
   <si>
     <t>Lyftuvörður stólalyftu AK</t>
   </si>
   <si>
     <t>6000-120</t>
   </si>
   <si>
     <t>Vélstjóri/Hafnarvörður</t>
   </si>
   <si>
     <t>Verkefnastjóri rekstrar Sundlaug Akureyrar</t>
   </si>
   <si>
     <t>Rekstrarstjóri á skrifstofu slökkviliðs AK</t>
   </si>
   <si>
     <t>Rekstrarstjóri SVA og ferliþjónustu</t>
+  </si>
+  <si>
+    <t>Verkefnastjóri umhverfismála</t>
   </si>
   <si>
     <t>Launafulltrúi II</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1853,93 +1850,93 @@
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>124</v>
       </c>
       <c r="S13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14">
         <v>8333.08</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14">
-        <v>403</v>
+        <v>341</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
         <v>2</v>
       </c>
       <c r="G14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J14">
         <v>3</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
         <v>1</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="S14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15">
         <v>5169.38</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15">
         <v>400</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>2</v>
       </c>
       <c r="G15">
@@ -2493,5237 +2490,5234 @@
       </c>
       <c r="M24">
         <v>2</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>1</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>2</v>
       </c>
       <c r="R24">
         <v>138</v>
       </c>
       <c r="S24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25">
-        <v>8331.99</v>
+        <v>8290.05</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25">
-        <v>612</v>
+        <v>371</v>
       </c>
       <c r="E25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>1</v>
       </c>
       <c r="M25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="P25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q25">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>160</v>
+        <v>127</v>
       </c>
       <c r="S25" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26">
         <v>8290.05</v>
       </c>
       <c r="B26" t="s">
         <v>68</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>2</v>
       </c>
       <c r="G26">
         <v>2</v>
       </c>
       <c r="H26">
         <v>4</v>
       </c>
       <c r="I26">
         <v>2</v>
       </c>
       <c r="J26">
         <v>2</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>1</v>
       </c>
       <c r="M26">
         <v>2</v>
       </c>
       <c r="N26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O26">
         <v>1</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>4</v>
       </c>
       <c r="R26">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="S26" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27">
-        <v>8290.05</v>
-[...1 lines deleted...]
-      <c r="B27" t="s">
+        <v>4190.99</v>
+      </c>
+      <c r="B27">
+        <v>6000</v>
+      </c>
+      <c r="C27" t="s">
         <v>70</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F27">
         <v>2</v>
       </c>
       <c r="G27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J27">
         <v>2</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>1</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R27">
         <v>129</v>
       </c>
       <c r="S27" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28">
-        <v>4190.99</v>
+        <v>2211.99</v>
       </c>
       <c r="B28">
         <v>6000</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D28">
-        <v>387</v>
+        <v>631</v>
       </c>
       <c r="E28">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F28">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I28">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L28">
         <v>1</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>129</v>
+        <v>163</v>
       </c>
       <c r="S28" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29">
-        <v>2211.99</v>
-[...2 lines deleted...]
-        <v>6000</v>
+        <v>8324.17</v>
+      </c>
+      <c r="B29" t="s">
+        <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
-        <v>631</v>
+        <v>407</v>
       </c>
       <c r="E29">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H29">
         <v>4</v>
       </c>
       <c r="I29">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L29">
         <v>1</v>
       </c>
       <c r="M29">
         <v>2</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O29">
         <v>1</v>
       </c>
       <c r="P29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R29">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="S29" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30">
-        <v>8324.17</v>
+        <v>5131.08</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="E30">
         <v>3</v>
       </c>
       <c r="F30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R30">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="S30" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31">
-        <v>5131.08</v>
-[...1 lines deleted...]
-      <c r="B31" t="s">
+        <v>2141.03</v>
+      </c>
+      <c r="B31">
+        <v>6000</v>
+      </c>
+      <c r="C31" t="s">
         <v>76</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>423</v>
+        <v>786</v>
       </c>
       <c r="E31">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L31">
         <v>2</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P31">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Q31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R31">
-        <v>133</v>
+        <v>185</v>
       </c>
       <c r="S31" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32">
-        <v>2141.03</v>
+        <v>1239.99</v>
       </c>
       <c r="B32">
         <v>6000</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D32">
         <v>786</v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>6</v>
       </c>
       <c r="G32">
         <v>6</v>
       </c>
       <c r="H32">
         <v>3</v>
       </c>
       <c r="I32">
         <v>7</v>
       </c>
       <c r="J32">
         <v>1</v>
       </c>
       <c r="K32">
         <v>5</v>
       </c>
       <c r="L32">
         <v>2</v>
       </c>
       <c r="M32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P32">
         <v>6</v>
       </c>
       <c r="Q32">
         <v>1</v>
       </c>
       <c r="R32">
         <v>185</v>
       </c>
       <c r="S32" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33">
-        <v>1239.99</v>
+        <v>2149.97</v>
       </c>
       <c r="B33">
         <v>6000</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D33">
-        <v>786</v>
+        <v>679</v>
       </c>
       <c r="E33">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F33">
         <v>6</v>
       </c>
       <c r="G33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H33">
         <v>3</v>
       </c>
       <c r="I33">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J33">
         <v>1</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q33">
         <v>1</v>
       </c>
       <c r="R33">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="S33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34">
-        <v>2149.97</v>
-[...2 lines deleted...]
-        <v>6000</v>
+        <v>5131.99</v>
+      </c>
+      <c r="B34" t="s">
+        <v>79</v>
       </c>
       <c r="C34" t="s">
         <v>80</v>
       </c>
       <c r="D34">
-        <v>679</v>
+        <v>562</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G34">
         <v>5</v>
       </c>
       <c r="H34">
         <v>3</v>
       </c>
       <c r="I34">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L34">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R34">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="S34" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35">
-        <v>5131.99</v>
+        <v>5164.02</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
       <c r="D35">
-        <v>562</v>
+        <v>417</v>
       </c>
       <c r="E35">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G35">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L35">
         <v>1</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q35">
         <v>2</v>
       </c>
       <c r="R35">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="S35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36">
-        <v>5164.02</v>
+        <v>2429.99</v>
       </c>
       <c r="B36" t="s">
         <v>83</v>
       </c>
       <c r="C36" t="s">
         <v>84</v>
       </c>
       <c r="D36">
-        <v>417</v>
+        <v>730</v>
       </c>
       <c r="E36">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F36">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G36">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I36">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L36">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N36">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>2</v>
       </c>
       <c r="R36">
-        <v>132</v>
+        <v>177</v>
       </c>
       <c r="S36" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37">
-        <v>2429.99</v>
+        <v>2412.03</v>
       </c>
       <c r="B37" t="s">
         <v>85</v>
       </c>
       <c r="C37" t="s">
         <v>86</v>
       </c>
       <c r="D37">
-        <v>730</v>
+        <v>601</v>
       </c>
       <c r="E37">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I37">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J37">
         <v>1</v>
       </c>
       <c r="K37">
         <v>5</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M37">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R37">
-        <v>177</v>
+        <v>158</v>
       </c>
       <c r="S37" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38">
-        <v>2412.03</v>
+        <v>5169.35</v>
       </c>
       <c r="B38" t="s">
         <v>87</v>
       </c>
       <c r="C38" t="s">
         <v>88</v>
       </c>
       <c r="D38">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="E38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H38">
         <v>4</v>
       </c>
       <c r="I38">
         <v>5</v>
       </c>
       <c r="J38">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q38">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R38">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="S38" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39">
-        <v>5169.35</v>
+        <v>8290.05</v>
       </c>
       <c r="B39" t="s">
         <v>89</v>
       </c>
       <c r="C39" t="s">
         <v>90</v>
       </c>
       <c r="D39">
-        <v>604</v>
+        <v>489</v>
       </c>
       <c r="E39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G39">
         <v>4</v>
       </c>
       <c r="H39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J39">
         <v>4</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L39">
         <v>2</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
         <v>4</v>
       </c>
       <c r="R39">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="S39" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40">
-        <v>8290.05</v>
+        <v>2412.97</v>
       </c>
       <c r="B40" t="s">
         <v>91</v>
       </c>
       <c r="C40" t="s">
         <v>92</v>
       </c>
       <c r="D40">
-        <v>489</v>
+        <v>664</v>
       </c>
       <c r="E40">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I40">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J40">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O40">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="R40">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="S40" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41">
-        <v>2412.97</v>
+        <v>1239.99</v>
       </c>
       <c r="B41" t="s">
         <v>93</v>
       </c>
       <c r="C41" t="s">
         <v>94</v>
       </c>
       <c r="D41">
-        <v>664</v>
+        <v>812</v>
       </c>
       <c r="E41">
+        <v>8</v>
+      </c>
+      <c r="F41">
+        <v>6</v>
+      </c>
+      <c r="G41">
+        <v>6</v>
+      </c>
+      <c r="H41">
+        <v>3</v>
+      </c>
+      <c r="I41">
         <v>7</v>
       </c>
-      <c r="F41">
-[...10 lines deleted...]
-      </c>
       <c r="J41">
         <v>1</v>
       </c>
       <c r="K41">
         <v>5</v>
       </c>
       <c r="L41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q41">
         <v>1</v>
       </c>
       <c r="R41">
-        <v>167</v>
+        <v>189</v>
       </c>
       <c r="S41" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42">
-        <v>1239.99</v>
+        <v>2446.97</v>
       </c>
       <c r="B42" t="s">
         <v>95</v>
       </c>
       <c r="C42" t="s">
         <v>96</v>
       </c>
       <c r="D42">
-        <v>812</v>
+        <v>732</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G42">
         <v>6</v>
       </c>
       <c r="H42">
         <v>3</v>
       </c>
       <c r="I42">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
       <c r="L42">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N42">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="P42">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R42">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="S42" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43">
-        <v>2446.97</v>
+        <v>2149.97</v>
       </c>
       <c r="B43" t="s">
         <v>97</v>
       </c>
       <c r="C43" t="s">
         <v>98</v>
       </c>
       <c r="D43">
-        <v>732</v>
+        <v>653</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G43">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H43">
         <v>3</v>
       </c>
       <c r="I43">
         <v>6</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>5</v>
       </c>
       <c r="L43">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="M43">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q43">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R43">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="S43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44">
-        <v>2149.97</v>
+        <v>2412.97</v>
       </c>
       <c r="B44" t="s">
         <v>99</v>
       </c>
       <c r="C44" t="s">
         <v>100</v>
       </c>
       <c r="D44">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="E44">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F44">
         <v>6</v>
       </c>
       <c r="G44">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H44">
         <v>3</v>
       </c>
       <c r="I44">
         <v>6</v>
       </c>
       <c r="J44">
         <v>1</v>
       </c>
       <c r="K44">
         <v>5</v>
       </c>
       <c r="L44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M44">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="P44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q44">
         <v>1</v>
       </c>
       <c r="R44">
         <v>166</v>
       </c>
       <c r="S44" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45">
-        <v>2412.97</v>
+        <v>5133.99</v>
       </c>
       <c r="B45" t="s">
         <v>101</v>
       </c>
       <c r="C45" t="s">
         <v>102</v>
       </c>
       <c r="D45">
-        <v>651</v>
+        <v>447</v>
       </c>
       <c r="E45">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F45">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G45">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H45">
         <v>3</v>
       </c>
       <c r="I45">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M45">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O45">
         <v>1</v>
       </c>
       <c r="P45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q45">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R45">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="S45" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46">
-        <v>5133.99</v>
+        <v>1239.99</v>
       </c>
       <c r="B46" t="s">
+        <v>93</v>
+      </c>
+      <c r="C46" t="s">
         <v>103</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46">
+        <v>773</v>
+      </c>
+      <c r="E46">
+        <v>8</v>
+      </c>
+      <c r="F46">
+        <v>6</v>
+      </c>
+      <c r="G46">
+        <v>6</v>
+      </c>
+      <c r="H46">
+        <v>3</v>
+      </c>
+      <c r="I46">
+        <v>7</v>
+      </c>
+      <c r="J46">
+        <v>1</v>
+      </c>
+      <c r="K46">
+        <v>5</v>
+      </c>
+      <c r="L46">
+        <v>2</v>
+      </c>
+      <c r="M46">
+        <v>3</v>
+      </c>
+      <c r="N46">
+        <v>4</v>
+      </c>
+      <c r="O46">
+        <v>6</v>
+      </c>
+      <c r="P46">
+        <v>5</v>
+      </c>
+      <c r="Q46">
+        <v>1</v>
+      </c>
+      <c r="R46">
+        <v>183</v>
+      </c>
+      <c r="S46" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
         <v>104</v>
       </c>
-      <c r="D46">
-[...51 lines deleted...]
-      </c>
       <c r="B47" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C47" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D47">
-        <v>773</v>
+        <v>719</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G47">
         <v>6</v>
       </c>
       <c r="H47">
         <v>3</v>
       </c>
       <c r="I47">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J47">
         <v>1</v>
       </c>
       <c r="K47">
         <v>5</v>
       </c>
       <c r="L47">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O47">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="P47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q47">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R47">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="S47" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:19">
-      <c r="A48" t="s">
-        <v>106</v>
+      <c r="A48">
+        <v>5164.07</v>
       </c>
       <c r="B48" t="s">
         <v>107</v>
       </c>
       <c r="C48" t="s">
         <v>108</v>
       </c>
       <c r="D48">
-        <v>719</v>
+        <v>479</v>
       </c>
       <c r="E48">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G48">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J48">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L48">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="M48">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R48">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="S48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49">
-        <v>5164.07</v>
+        <v>4113.99</v>
       </c>
       <c r="B49" t="s">
+        <v>97</v>
+      </c>
+      <c r="C49" t="s">
         <v>109</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49">
-        <v>479</v>
+        <v>562</v>
       </c>
       <c r="E49">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G49">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J49">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K49">
         <v>4</v>
       </c>
       <c r="L49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M49">
         <v>2</v>
       </c>
       <c r="N49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O49">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P49">
         <v>3</v>
       </c>
       <c r="Q49">
         <v>2</v>
       </c>
       <c r="R49">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="S49" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50">
-        <v>4113.99</v>
+        <v>3437.99</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="C50" t="s">
         <v>111</v>
       </c>
       <c r="D50">
-        <v>562</v>
+        <v>586</v>
       </c>
       <c r="E50">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F50">
         <v>4</v>
       </c>
       <c r="G50">
         <v>5</v>
       </c>
       <c r="H50">
         <v>3</v>
       </c>
       <c r="I50">
         <v>5</v>
       </c>
       <c r="J50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K50">
         <v>4</v>
       </c>
       <c r="L50">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M50">
         <v>2</v>
       </c>
       <c r="N50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q50">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R50">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="S50" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51">
-        <v>3437.99</v>
+        <v>2413.99</v>
       </c>
       <c r="B51" t="s">
         <v>112</v>
       </c>
       <c r="C51" t="s">
         <v>113</v>
       </c>
       <c r="D51">
-        <v>586</v>
+        <v>627</v>
       </c>
       <c r="E51">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F51">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H51">
         <v>3</v>
       </c>
       <c r="I51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K51">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P51">
         <v>4</v>
       </c>
       <c r="Q51">
         <v>1</v>
       </c>
       <c r="R51">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="S51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:19">
-      <c r="A52">
-        <v>2413.99</v>
+      <c r="A52" t="s">
+        <v>114</v>
       </c>
       <c r="B52" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C52" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D52">
-        <v>627</v>
+        <v>604</v>
       </c>
       <c r="E52">
         <v>6</v>
       </c>
       <c r="F52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G52">
         <v>6</v>
       </c>
       <c r="H52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I52">
         <v>6</v>
       </c>
       <c r="J52">
         <v>1</v>
       </c>
       <c r="K52">
         <v>5</v>
       </c>
       <c r="L52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
         <v>1</v>
       </c>
       <c r="P52">
         <v>4</v>
       </c>
       <c r="Q52">
         <v>1</v>
       </c>
       <c r="R52">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="S52" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" t="s">
-        <v>116</v>
+      <c r="A53">
+        <v>1229.99</v>
       </c>
       <c r="B53" t="s">
         <v>117</v>
       </c>
       <c r="C53" t="s">
         <v>118</v>
       </c>
       <c r="D53">
-        <v>604</v>
+        <v>666</v>
       </c>
       <c r="E53">
         <v>6</v>
       </c>
       <c r="F53">
         <v>5</v>
       </c>
       <c r="G53">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I53">
         <v>6</v>
       </c>
       <c r="J53">
         <v>1</v>
       </c>
       <c r="K53">
         <v>5</v>
       </c>
       <c r="L53">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M53">
         <v>2</v>
       </c>
       <c r="N53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O53">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="P53">
         <v>4</v>
       </c>
       <c r="Q53">
         <v>1</v>
       </c>
       <c r="R53">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="S53" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54">
-        <v>1229.99</v>
+        <v>3460.12</v>
       </c>
       <c r="B54" t="s">
         <v>119</v>
       </c>
       <c r="C54" t="s">
         <v>120</v>
       </c>
       <c r="D54">
-        <v>666</v>
+        <v>611</v>
       </c>
       <c r="E54">
         <v>6</v>
       </c>
       <c r="F54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G54">
         <v>5</v>
       </c>
       <c r="H54">
         <v>3</v>
       </c>
       <c r="I54">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J54">
         <v>1</v>
       </c>
       <c r="K54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M54">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O54">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R54">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="S54" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55">
-        <v>3460.12</v>
+        <v>2412.99</v>
       </c>
       <c r="B55" t="s">
         <v>121</v>
       </c>
       <c r="C55" t="s">
         <v>122</v>
       </c>
       <c r="D55">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="E55">
         <v>6</v>
       </c>
       <c r="F55">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G55">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H55">
         <v>3</v>
       </c>
       <c r="I55">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J55">
         <v>1</v>
       </c>
       <c r="K55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N55">
         <v>3</v>
       </c>
       <c r="O55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q55">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R55">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="S55" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56">
-        <v>2412.99</v>
+        <v>2139.99</v>
       </c>
       <c r="B56" t="s">
         <v>123</v>
       </c>
       <c r="C56" t="s">
         <v>124</v>
       </c>
       <c r="D56">
-        <v>640</v>
+        <v>656</v>
       </c>
       <c r="E56">
         <v>6</v>
       </c>
       <c r="F56">
         <v>6</v>
       </c>
       <c r="G56">
         <v>6</v>
       </c>
       <c r="H56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I56">
         <v>6</v>
       </c>
       <c r="J56">
         <v>1</v>
       </c>
       <c r="K56">
         <v>5</v>
       </c>
       <c r="L56">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N56">
         <v>3</v>
       </c>
       <c r="O56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P56">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q56">
         <v>1</v>
       </c>
       <c r="R56">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="S56" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:19">
-      <c r="A57">
-        <v>2139.99</v>
+      <c r="A57" t="s">
+        <v>125</v>
       </c>
       <c r="B57" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C57" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D57">
-        <v>656</v>
+        <v>506</v>
       </c>
       <c r="E57">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F57">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G57">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H57">
         <v>4</v>
       </c>
       <c r="I57">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J57">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K57">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L57">
         <v>1</v>
       </c>
       <c r="M57">
         <v>2</v>
       </c>
       <c r="N57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O57">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P57">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q57">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R57">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="S57" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:19">
-      <c r="A58" t="s">
-        <v>127</v>
+      <c r="A58">
+        <v>5132.17</v>
       </c>
       <c r="B58" t="s">
         <v>128</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58">
-        <v>506</v>
+        <v>456</v>
       </c>
       <c r="E58">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F58">
         <v>3</v>
       </c>
       <c r="G58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I58">
         <v>4</v>
       </c>
       <c r="J58">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K58">
         <v>3</v>
       </c>
       <c r="L58">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N58">
         <v>2</v>
       </c>
       <c r="O58">
         <v>1</v>
       </c>
       <c r="P58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q58">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R58">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="S58" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59">
-        <v>5132.17</v>
+        <v>3431.13</v>
       </c>
       <c r="B59" t="s">
         <v>130</v>
       </c>
       <c r="C59" t="s">
         <v>131</v>
       </c>
       <c r="D59">
-        <v>456</v>
+        <v>650</v>
       </c>
       <c r="E59">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F59">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G59">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H59">
         <v>3</v>
       </c>
       <c r="I59">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J59">
         <v>2</v>
       </c>
       <c r="K59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L59">
         <v>2</v>
       </c>
       <c r="M59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O59">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q59">
         <v>2</v>
       </c>
       <c r="R59">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="S59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60">
-        <v>3431.13</v>
+        <v>5133.08</v>
       </c>
       <c r="B60" t="s">
         <v>132</v>
       </c>
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60">
-        <v>650</v>
+        <v>394</v>
       </c>
       <c r="E60">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F60">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H60">
         <v>3</v>
       </c>
       <c r="I60">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O60">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="P60">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R60">
-        <v>165</v>
+        <v>130</v>
       </c>
       <c r="S60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61">
-        <v>5133.08</v>
+        <v>2211.97</v>
       </c>
       <c r="B61" t="s">
+        <v>93</v>
+      </c>
+      <c r="C61" t="s">
         <v>134</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61">
-        <v>394</v>
+        <v>551</v>
       </c>
       <c r="E61">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F61">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I61">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J61">
         <v>3</v>
       </c>
       <c r="K61">
         <v>3</v>
       </c>
       <c r="L61">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P61">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q61">
         <v>3</v>
       </c>
       <c r="R61">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="S61" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62">
-        <v>2211.97</v>
+        <v>5122.24</v>
       </c>
       <c r="B62" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="C62" t="s">
         <v>136</v>
       </c>
       <c r="D62">
-        <v>551</v>
+        <v>446</v>
       </c>
       <c r="E62">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H62">
         <v>4</v>
       </c>
       <c r="I62">
         <v>4</v>
       </c>
       <c r="J62">
         <v>3</v>
       </c>
       <c r="K62">
         <v>3</v>
       </c>
       <c r="L62">
         <v>1</v>
       </c>
       <c r="M62">
         <v>2</v>
       </c>
       <c r="N62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O62">
         <v>2</v>
       </c>
       <c r="P62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q62">
         <v>3</v>
       </c>
       <c r="R62">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="S62" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63">
-        <v>5122.24</v>
+        <v>4121.16</v>
       </c>
       <c r="B63" t="s">
         <v>137</v>
       </c>
       <c r="C63" t="s">
         <v>138</v>
       </c>
       <c r="D63">
-        <v>446</v>
+        <v>495</v>
       </c>
       <c r="E63">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F63">
         <v>3</v>
       </c>
       <c r="G63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H63">
         <v>4</v>
       </c>
       <c r="I63">
         <v>4</v>
       </c>
       <c r="J63">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L63">
         <v>1</v>
       </c>
       <c r="M63">
         <v>2</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q63">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R63">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="S63" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:19">
       <c r="A64">
-        <v>4121.16</v>
+        <v>3330.08</v>
       </c>
       <c r="B64" t="s">
         <v>139</v>
       </c>
       <c r="C64" t="s">
         <v>140</v>
       </c>
       <c r="D64">
-        <v>495</v>
+        <v>417</v>
       </c>
       <c r="E64">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G64">
         <v>4</v>
       </c>
       <c r="H64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N64">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O64">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q64">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R64">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="S64" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65">
         <v>3330.08</v>
       </c>
       <c r="B65" t="s">
         <v>141</v>
       </c>
       <c r="C65" t="s">
         <v>142</v>
       </c>
       <c r="D65">
-        <v>417</v>
+        <v>437</v>
       </c>
       <c r="E65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F65">
         <v>2</v>
       </c>
       <c r="G65">
         <v>4</v>
       </c>
       <c r="H65">
         <v>3</v>
       </c>
       <c r="I65">
         <v>3</v>
       </c>
       <c r="J65">
         <v>3</v>
       </c>
       <c r="K65">
         <v>3</v>
       </c>
       <c r="L65">
         <v>3</v>
       </c>
       <c r="M65">
         <v>3</v>
       </c>
       <c r="N65">
         <v>1</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65">
         <v>2</v>
       </c>
       <c r="Q65">
         <v>4</v>
       </c>
       <c r="R65">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="S65" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66">
-        <v>3330.08</v>
+        <v>8323.99</v>
       </c>
       <c r="B66" t="s">
         <v>143</v>
       </c>
       <c r="C66" t="s">
         <v>144</v>
       </c>
       <c r="D66">
-        <v>437</v>
+        <v>378</v>
       </c>
       <c r="E66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F66">
         <v>2</v>
       </c>
       <c r="G66">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N66">
         <v>1</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66">
         <v>2</v>
       </c>
       <c r="Q66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R66">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="S66" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:19">
       <c r="A67">
-        <v>8323.99</v>
+        <v>3437.99</v>
       </c>
       <c r="B67" t="s">
         <v>145</v>
       </c>
       <c r="C67" t="s">
         <v>146</v>
       </c>
       <c r="D67">
-        <v>378</v>
+        <v>410</v>
       </c>
       <c r="E67">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G67">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J67">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M67">
         <v>2</v>
       </c>
       <c r="N67">
         <v>1</v>
       </c>
       <c r="O67">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P67">
         <v>2</v>
       </c>
       <c r="Q67">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R67">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="S67" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68">
-        <v>3437.99</v>
+        <v>4190.99</v>
       </c>
       <c r="B68" t="s">
         <v>147</v>
       </c>
       <c r="C68" t="s">
         <v>148</v>
       </c>
       <c r="D68">
-        <v>410</v>
+        <v>436</v>
       </c>
       <c r="E68">
         <v>4</v>
       </c>
       <c r="F68">
         <v>3</v>
       </c>
       <c r="G68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H68">
         <v>3</v>
       </c>
       <c r="I68">
         <v>3</v>
       </c>
       <c r="J68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K68">
         <v>3</v>
       </c>
       <c r="L68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O68">
         <v>2</v>
       </c>
       <c r="P68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q68">
         <v>1</v>
       </c>
       <c r="R68">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="S68" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:19">
       <c r="A69">
-        <v>4190.99</v>
+        <v>5132.3</v>
       </c>
       <c r="B69" t="s">
         <v>149</v>
       </c>
       <c r="C69" t="s">
         <v>150</v>
       </c>
       <c r="D69">
-        <v>436</v>
+        <v>381</v>
       </c>
       <c r="E69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G69">
         <v>3</v>
       </c>
       <c r="H69">
         <v>3</v>
       </c>
       <c r="I69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K69">
         <v>3</v>
       </c>
       <c r="L69">
         <v>2</v>
       </c>
       <c r="M69">
         <v>3</v>
       </c>
       <c r="N69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R69">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="S69" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:19">
       <c r="A70">
-        <v>5132.3</v>
+        <v>5139.12</v>
       </c>
       <c r="B70" t="s">
         <v>151</v>
       </c>
       <c r="C70" t="s">
         <v>152</v>
       </c>
       <c r="D70">
-        <v>381</v>
+        <v>351</v>
       </c>
       <c r="E70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F70">
         <v>2</v>
       </c>
       <c r="G70">
         <v>3</v>
       </c>
       <c r="H70">
         <v>3</v>
       </c>
       <c r="I70">
         <v>2</v>
       </c>
       <c r="J70">
         <v>3</v>
       </c>
       <c r="K70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L70">
         <v>2</v>
       </c>
       <c r="M70">
         <v>3</v>
       </c>
       <c r="N70">
         <v>1</v>
       </c>
       <c r="O70">
         <v>1</v>
       </c>
       <c r="P70">
         <v>2</v>
       </c>
       <c r="Q70">
         <v>2</v>
       </c>
       <c r="R70">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="S70" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:19">
       <c r="A71">
-        <v>5139.12</v>
+        <v>5122.2</v>
       </c>
       <c r="B71" t="s">
         <v>153</v>
       </c>
       <c r="C71" t="s">
         <v>154</v>
       </c>
       <c r="D71">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="E71">
         <v>2</v>
       </c>
       <c r="F71">
         <v>2</v>
       </c>
       <c r="G71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I71">
         <v>2</v>
       </c>
       <c r="J71">
         <v>3</v>
       </c>
       <c r="K71">
         <v>2</v>
       </c>
       <c r="L71">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N71">
         <v>1</v>
       </c>
       <c r="O71">
         <v>1</v>
       </c>
       <c r="P71">
         <v>2</v>
       </c>
       <c r="Q71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R71">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="S71" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:19">
       <c r="A72">
-        <v>5122.2</v>
+        <v>5122.24</v>
       </c>
       <c r="B72" t="s">
         <v>155</v>
       </c>
       <c r="C72" t="s">
         <v>156</v>
       </c>
       <c r="D72">
-        <v>338</v>
+        <v>459</v>
       </c>
       <c r="E72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H72">
         <v>4</v>
       </c>
       <c r="I72">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J72">
         <v>3</v>
       </c>
       <c r="K72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L72">
         <v>1</v>
       </c>
       <c r="M72">
         <v>2</v>
       </c>
       <c r="N72">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O72">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P72">
         <v>2</v>
       </c>
       <c r="Q72">
         <v>3</v>
       </c>
       <c r="R72">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="S72" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:19">
       <c r="A73">
-        <v>5122.24</v>
+        <v>5122.08</v>
       </c>
       <c r="B73" t="s">
         <v>157</v>
       </c>
       <c r="C73" t="s">
         <v>158</v>
       </c>
       <c r="D73">
-        <v>459</v>
+        <v>492</v>
       </c>
       <c r="E73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F73">
         <v>3</v>
       </c>
       <c r="G73">
         <v>3</v>
       </c>
       <c r="H73">
         <v>4</v>
       </c>
       <c r="I73">
         <v>4</v>
       </c>
       <c r="J73">
         <v>3</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73">
         <v>1</v>
       </c>
       <c r="M73">
         <v>2</v>
       </c>
       <c r="N73">
         <v>3</v>
       </c>
       <c r="O73">
         <v>2</v>
       </c>
       <c r="P73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q73">
         <v>3</v>
       </c>
       <c r="R73">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="S73" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74">
         <v>5122.08</v>
       </c>
       <c r="B74" t="s">
         <v>159</v>
       </c>
       <c r="C74" t="s">
         <v>160</v>
       </c>
       <c r="D74">
-        <v>492</v>
+        <v>577</v>
       </c>
       <c r="E74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G74">
         <v>3</v>
       </c>
       <c r="H74">
         <v>4</v>
       </c>
       <c r="I74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J74">
         <v>3</v>
       </c>
       <c r="K74">
         <v>3</v>
       </c>
       <c r="L74">
         <v>1</v>
       </c>
       <c r="M74">
         <v>2</v>
       </c>
       <c r="N74">
         <v>3</v>
       </c>
       <c r="O74">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q74">
         <v>3</v>
       </c>
       <c r="R74">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="S74" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75">
-        <v>5122.08</v>
+        <v>8331.99</v>
       </c>
       <c r="B75" t="s">
         <v>161</v>
       </c>
       <c r="C75" t="s">
         <v>162</v>
       </c>
       <c r="D75">
-        <v>577</v>
+        <v>496</v>
       </c>
       <c r="E75">
         <v>5</v>
       </c>
       <c r="F75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G75">
         <v>3</v>
       </c>
       <c r="H75">
         <v>4</v>
       </c>
       <c r="I75">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K75">
         <v>3</v>
       </c>
       <c r="L75">
         <v>1</v>
       </c>
       <c r="M75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N75">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O75">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q75">
         <v>3</v>
       </c>
       <c r="R75">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="S75" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76">
-        <v>8331.99</v>
+        <v>5132.17</v>
       </c>
       <c r="B76" t="s">
         <v>163</v>
       </c>
       <c r="C76" t="s">
         <v>164</v>
       </c>
       <c r="D76">
-        <v>496</v>
+        <v>443</v>
       </c>
       <c r="E76">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F76">
         <v>3</v>
       </c>
       <c r="G76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J76">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K76">
         <v>3</v>
       </c>
       <c r="L76">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M76">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N76">
         <v>2</v>
       </c>
       <c r="O76">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P76">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q76">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R76">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="S76" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77">
-        <v>5132.17</v>
+        <v>5133.11</v>
       </c>
       <c r="B77" t="s">
         <v>165</v>
       </c>
       <c r="C77" t="s">
         <v>166</v>
       </c>
       <c r="D77">
-        <v>443</v>
+        <v>401</v>
       </c>
       <c r="E77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I77">
         <v>3</v>
       </c>
       <c r="J77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K77">
         <v>3</v>
       </c>
       <c r="L77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M77">
         <v>3</v>
       </c>
       <c r="N77">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O77">
         <v>1</v>
       </c>
       <c r="P77">
         <v>2</v>
       </c>
       <c r="Q77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R77">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="S77" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78">
-        <v>5133.11</v>
+        <v>5139.12</v>
       </c>
       <c r="B78" t="s">
         <v>167</v>
       </c>
       <c r="C78" t="s">
         <v>168</v>
       </c>
       <c r="D78">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="E78">
         <v>3</v>
       </c>
       <c r="F78">
         <v>2</v>
       </c>
       <c r="G78">
         <v>3</v>
       </c>
       <c r="H78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I78">
         <v>3</v>
       </c>
       <c r="J78">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K78">
         <v>3</v>
       </c>
       <c r="L78">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M78">
         <v>3</v>
       </c>
       <c r="N78">
         <v>1</v>
       </c>
       <c r="O78">
         <v>1</v>
       </c>
       <c r="P78">
         <v>2</v>
       </c>
       <c r="Q78">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R78">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="S78" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79">
         <v>5139.12</v>
       </c>
       <c r="B79" t="s">
         <v>169</v>
       </c>
       <c r="C79" t="s">
         <v>170</v>
       </c>
       <c r="D79">
-        <v>384</v>
+        <v>364</v>
       </c>
       <c r="E79">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F79">
         <v>2</v>
       </c>
       <c r="G79">
         <v>3</v>
       </c>
       <c r="H79">
         <v>3</v>
       </c>
       <c r="I79">
         <v>3</v>
       </c>
       <c r="J79">
         <v>2</v>
       </c>
       <c r="K79">
         <v>3</v>
       </c>
       <c r="L79">
         <v>2</v>
       </c>
       <c r="M79">
         <v>3</v>
       </c>
       <c r="N79">
         <v>1</v>
       </c>
       <c r="O79">
         <v>1</v>
       </c>
       <c r="P79">
         <v>2</v>
       </c>
       <c r="Q79">
         <v>2</v>
       </c>
       <c r="R79">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="S79" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:19">
       <c r="A80">
-        <v>5139.12</v>
+        <v>8333.08</v>
       </c>
       <c r="B80" t="s">
         <v>171</v>
       </c>
       <c r="C80" t="s">
         <v>172</v>
       </c>
       <c r="D80">
-        <v>364</v>
+        <v>403</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80">
         <v>2</v>
       </c>
       <c r="G80">
         <v>3</v>
       </c>
       <c r="H80">
         <v>3</v>
       </c>
       <c r="I80">
         <v>3</v>
       </c>
       <c r="J80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K80">
         <v>3</v>
       </c>
       <c r="L80">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M80">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q80">
         <v>2</v>
       </c>
       <c r="R80">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="S80" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:19">
-      <c r="A81">
-        <v>8333.08</v>
+      <c r="A81" t="s">
+        <v>173</v>
       </c>
       <c r="B81" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C81" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D81">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81">
         <v>2</v>
       </c>
       <c r="G81">
         <v>3</v>
       </c>
       <c r="H81">
         <v>3</v>
       </c>
       <c r="I81">
         <v>3</v>
       </c>
       <c r="J81">
         <v>3</v>
       </c>
       <c r="K81">
         <v>3</v>
       </c>
       <c r="L81">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N81">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O81">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P81">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R81">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="S81" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:19">
-      <c r="A82" t="s">
-        <v>175</v>
+      <c r="A82">
+        <v>7233.0</v>
       </c>
       <c r="B82" t="s">
         <v>176</v>
       </c>
       <c r="C82" t="s">
         <v>177</v>
       </c>
       <c r="D82">
-        <v>394</v>
+        <v>561</v>
       </c>
       <c r="E82">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F82">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G82">
         <v>3</v>
       </c>
       <c r="H82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K82">
         <v>3</v>
       </c>
       <c r="L82">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M82">
         <v>3</v>
       </c>
       <c r="N82">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O82">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P82">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q82">
         <v>3</v>
       </c>
       <c r="R82">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="S82" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83">
-        <v>7233.0</v>
+        <v>5164.14</v>
       </c>
       <c r="B83" t="s">
         <v>178</v>
       </c>
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83">
-        <v>561</v>
+        <v>410</v>
       </c>
       <c r="E83">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G83">
         <v>3</v>
       </c>
       <c r="H83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J83">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K83">
         <v>3</v>
       </c>
       <c r="L83">
         <v>1</v>
       </c>
       <c r="M83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N83">
         <v>3</v>
       </c>
       <c r="O83">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P83">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q83">
         <v>3</v>
       </c>
       <c r="R83">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="S83" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84">
-        <v>5164.14</v>
+        <v>1223.99</v>
       </c>
       <c r="B84" t="s">
         <v>180</v>
       </c>
       <c r="C84" t="s">
         <v>181</v>
       </c>
       <c r="D84">
-        <v>410</v>
+        <v>621</v>
       </c>
       <c r="E84">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H84">
         <v>3</v>
       </c>
       <c r="I84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J84">
         <v>2</v>
       </c>
       <c r="K84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N84">
         <v>3</v>
       </c>
       <c r="O84">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P84">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q84">
         <v>3</v>
       </c>
       <c r="R84">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="S84" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:19">
       <c r="A85">
-        <v>1223.99</v>
+        <v>1229.99</v>
       </c>
       <c r="B85" t="s">
         <v>182</v>
       </c>
       <c r="C85" t="s">
         <v>183</v>
       </c>
       <c r="D85">
-        <v>621</v>
+        <v>683</v>
       </c>
       <c r="E85">
         <v>6</v>
       </c>
       <c r="F85">
         <v>5</v>
       </c>
       <c r="G85">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H85">
         <v>3</v>
       </c>
       <c r="I85">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J85">
         <v>2</v>
       </c>
       <c r="K85">
         <v>4</v>
       </c>
       <c r="L85">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M85">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N85">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O85">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P85">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R85">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="S85" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:19">
       <c r="A86">
-        <v>1229.99</v>
+        <v>9132.99</v>
       </c>
       <c r="B86" t="s">
         <v>184</v>
       </c>
       <c r="C86" t="s">
         <v>185</v>
       </c>
       <c r="D86">
-        <v>683</v>
+        <v>381</v>
       </c>
       <c r="E86">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F86">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G86">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H86">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I86">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M86">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N86">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O86">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P86">
         <v>2</v>
       </c>
       <c r="Q86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R86">
-        <v>170</v>
+        <v>128</v>
       </c>
       <c r="S86" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:19">
       <c r="A87">
-        <v>9132.99</v>
+        <v>5132.24</v>
       </c>
       <c r="B87" t="s">
         <v>186</v>
       </c>
       <c r="C87" t="s">
         <v>187</v>
       </c>
       <c r="D87">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87">
         <v>2</v>
       </c>
       <c r="G87">
         <v>3</v>
       </c>
       <c r="H87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I87">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K87">
         <v>3</v>
       </c>
       <c r="L87">
         <v>3</v>
       </c>
       <c r="M87">
         <v>3</v>
       </c>
       <c r="N87">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O87">
         <v>1</v>
       </c>
       <c r="P87">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q87">
         <v>3</v>
       </c>
       <c r="R87">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="S87" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88">
-        <v>5132.24</v>
+        <v>4222.11</v>
       </c>
       <c r="B88" t="s">
         <v>188</v>
       </c>
       <c r="C88" t="s">
         <v>189</v>
       </c>
       <c r="D88">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="E88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F88">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G88">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H88">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I88">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J88">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K88">
         <v>3</v>
       </c>
       <c r="L88">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M88">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N88">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q88">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R88">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="S88" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89">
-        <v>4222.11</v>
+        <v>5161.99</v>
       </c>
       <c r="B89" t="s">
         <v>190</v>
       </c>
       <c r="C89" t="s">
         <v>191</v>
       </c>
       <c r="D89">
-        <v>423</v>
+        <v>545</v>
       </c>
       <c r="E89">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F89">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G89">
         <v>4</v>
       </c>
       <c r="H89">
         <v>4</v>
       </c>
       <c r="I89">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J89">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K89">
         <v>3</v>
       </c>
       <c r="L89">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N89">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R89">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="S89" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:19">
       <c r="A90">
-        <v>5161.99</v>
+        <v>3437.99</v>
       </c>
       <c r="B90" t="s">
         <v>192</v>
       </c>
       <c r="C90" t="s">
         <v>193</v>
       </c>
       <c r="D90">
-        <v>545</v>
+        <v>423</v>
       </c>
       <c r="E90">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J90">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K90">
         <v>3</v>
       </c>
       <c r="L90">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M90">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q90">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R90">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="S90" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91">
-        <v>3437.99</v>
+        <v>5139.13</v>
       </c>
       <c r="B91" t="s">
         <v>194</v>
       </c>
       <c r="C91" t="s">
         <v>195</v>
       </c>
       <c r="D91">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="E91">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G91">
         <v>3</v>
       </c>
       <c r="H91">
         <v>3</v>
       </c>
       <c r="I91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K91">
         <v>3</v>
       </c>
       <c r="L91">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N91">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P91">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q91">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R91">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="S91" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92">
-        <v>5139.13</v>
+        <v>5132.22</v>
       </c>
       <c r="B92" t="s">
         <v>196</v>
       </c>
       <c r="C92" t="s">
         <v>197</v>
       </c>
       <c r="D92">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="E92">
         <v>3</v>
       </c>
       <c r="F92">
         <v>2</v>
       </c>
       <c r="G92">
         <v>3</v>
       </c>
       <c r="H92">
         <v>3</v>
       </c>
       <c r="I92">
         <v>2</v>
       </c>
       <c r="J92">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K92">
         <v>3</v>
       </c>
       <c r="L92">
         <v>3</v>
       </c>
       <c r="M92">
         <v>3</v>
       </c>
       <c r="N92">
         <v>2</v>
       </c>
       <c r="O92">
         <v>1</v>
       </c>
       <c r="P92">
         <v>2</v>
       </c>
       <c r="Q92">
         <v>3</v>
       </c>
       <c r="R92">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="S92" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93">
-        <v>5132.22</v>
+        <v>5132.3</v>
       </c>
       <c r="B93" t="s">
         <v>198</v>
       </c>
       <c r="C93" t="s">
         <v>199</v>
       </c>
       <c r="D93">
-        <v>424</v>
+        <v>384</v>
       </c>
       <c r="E93">
         <v>3</v>
       </c>
       <c r="F93">
         <v>2</v>
       </c>
       <c r="G93">
         <v>3</v>
       </c>
       <c r="H93">
         <v>3</v>
       </c>
       <c r="I93">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J93">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K93">
         <v>3</v>
       </c>
       <c r="L93">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M93">
         <v>3</v>
       </c>
       <c r="N93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O93">
         <v>1</v>
       </c>
       <c r="P93">
         <v>2</v>
       </c>
       <c r="Q93">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R93">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="S93" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94">
-        <v>5132.3</v>
+        <v>1239.99</v>
       </c>
       <c r="B94" t="s">
         <v>200</v>
       </c>
       <c r="C94" t="s">
         <v>201</v>
       </c>
       <c r="D94">
-        <v>384</v>
+        <v>750</v>
       </c>
       <c r="E94">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F94">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G94">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H94">
         <v>3</v>
       </c>
       <c r="I94">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J94">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K94">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L94">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M94">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N94">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="O94">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P94">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Q94">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R94">
-        <v>129</v>
+        <v>180</v>
       </c>
       <c r="S94" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95">
-        <v>1239.99</v>
+        <v>5132.17</v>
       </c>
       <c r="B95" t="s">
         <v>202</v>
       </c>
       <c r="C95" t="s">
         <v>203</v>
       </c>
       <c r="D95">
-        <v>750</v>
+        <v>604</v>
       </c>
       <c r="E95">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F95">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G95">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H95">
         <v>3</v>
       </c>
       <c r="I95">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J95">
         <v>1</v>
       </c>
       <c r="K95">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L95">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M95">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N95">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O95">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P95">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q95">
         <v>1</v>
       </c>
       <c r="R95">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="S95" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:19">
       <c r="A96">
-        <v>5132.17</v>
+        <v>1239.99</v>
       </c>
       <c r="B96" t="s">
         <v>204</v>
       </c>
       <c r="C96" t="s">
         <v>205</v>
       </c>
       <c r="D96">
-        <v>604</v>
+        <v>633</v>
       </c>
       <c r="E96">
         <v>6</v>
       </c>
       <c r="F96">
         <v>4</v>
       </c>
       <c r="G96">
         <v>4</v>
       </c>
       <c r="H96">
         <v>3</v>
       </c>
       <c r="I96">
         <v>5</v>
       </c>
       <c r="J96">
         <v>1</v>
       </c>
       <c r="K96">
         <v>4</v>
       </c>
       <c r="L96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M96">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N96">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O96">
         <v>4</v>
       </c>
       <c r="P96">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q96">
         <v>1</v>
       </c>
       <c r="R96">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="S96" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97">
         <v>1239.99</v>
       </c>
       <c r="B97" t="s">
         <v>206</v>
       </c>
       <c r="C97" t="s">
         <v>207</v>
       </c>
       <c r="D97">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="E97">
         <v>6</v>
       </c>
       <c r="F97">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G97">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H97">
         <v>3</v>
       </c>
       <c r="I97">
         <v>5</v>
       </c>
       <c r="J97">
         <v>1</v>
       </c>
       <c r="K97">
         <v>4</v>
       </c>
       <c r="L97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M97">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N97">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O97">
         <v>4</v>
       </c>
       <c r="P97">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q97">
         <v>1</v>
       </c>
       <c r="R97">
         <v>163</v>
       </c>
       <c r="S97" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:19">
       <c r="A98">
-        <v>1239.99</v>
+        <v>4190.99</v>
       </c>
       <c r="B98" t="s">
         <v>208</v>
       </c>
       <c r="C98" t="s">
         <v>209</v>
       </c>
       <c r="D98">
-        <v>630</v>
+        <v>426</v>
       </c>
       <c r="E98">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F98">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G98">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I98">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J98">
         <v>1</v>
       </c>
       <c r="K98">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L98">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M98">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N98">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O98">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P98">
         <v>3</v>
       </c>
       <c r="Q98">
         <v>1</v>
       </c>
       <c r="R98">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="S98" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:19">
       <c r="A99">
-        <v>4190.99</v>
+        <v>4211.05</v>
       </c>
       <c r="B99" t="s">
         <v>210</v>
       </c>
       <c r="C99" t="s">
         <v>211</v>
       </c>
       <c r="D99">
-        <v>426</v>
+        <v>453</v>
       </c>
       <c r="E99">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F99">
         <v>3</v>
       </c>
       <c r="G99">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H99">
         <v>4</v>
       </c>
       <c r="I99">
         <v>3</v>
       </c>
       <c r="J99">
         <v>1</v>
       </c>
       <c r="K99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L99">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N99">
         <v>1</v>
       </c>
       <c r="O99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P99">
         <v>3</v>
       </c>
       <c r="Q99">
         <v>1</v>
       </c>
       <c r="R99">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="S99" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:19">
       <c r="A100">
-        <v>4211.05</v>
+        <v>1210.24</v>
       </c>
       <c r="B100" t="s">
         <v>212</v>
       </c>
       <c r="C100" t="s">
         <v>213</v>
       </c>
       <c r="D100">
-        <v>453</v>
+        <v>747</v>
       </c>
       <c r="E100">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F100">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G100">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I100">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="J100">
         <v>1</v>
       </c>
       <c r="K100">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L100">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M100">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N100">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O100">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P100">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q100">
         <v>1</v>
       </c>
       <c r="R100">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="S100" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:19">
       <c r="A101">
-        <v>1210.24</v>
+        <v>5133.14</v>
       </c>
       <c r="B101" t="s">
         <v>214</v>
       </c>
       <c r="C101" t="s">
         <v>215</v>
       </c>
       <c r="D101">
-        <v>747</v>
+        <v>381</v>
       </c>
       <c r="E101">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F101">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G101">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H101">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I101">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J101">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K101">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L101">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N101">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O101">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P101">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="Q101">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R101">
-        <v>179</v>
+        <v>128</v>
       </c>
       <c r="S101" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:19">
       <c r="A102">
-        <v>5133.14</v>
+        <v>4121.02</v>
       </c>
       <c r="B102" t="s">
         <v>216</v>
       </c>
       <c r="C102" t="s">
         <v>217</v>
       </c>
       <c r="D102">
-        <v>381</v>
+        <v>531</v>
       </c>
       <c r="E102">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F102">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H102">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J102">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K102">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L102">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N102">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O102">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P102">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q102">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R102">
-        <v>128</v>
+        <v>148</v>
       </c>
       <c r="S102" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="103" spans="1:19">
       <c r="A103">
-        <v>4121.02</v>
+        <v>5139.13</v>
       </c>
       <c r="B103" t="s">
         <v>218</v>
       </c>
       <c r="C103" t="s">
         <v>219</v>
       </c>
       <c r="D103">
-        <v>531</v>
+        <v>443</v>
       </c>
       <c r="E103">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F103">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G103">
         <v>4</v>
       </c>
       <c r="H103">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I103">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J103">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K103">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L103">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N103">
         <v>3</v>
       </c>
       <c r="O103">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R103">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="S103" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:19">
       <c r="A104">
-        <v>5139.13</v>
+        <v>7124.14</v>
       </c>
       <c r="B104" t="s">
         <v>220</v>
       </c>
       <c r="C104" t="s">
         <v>221</v>
       </c>
       <c r="D104">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="E104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F104">
         <v>3</v>
       </c>
       <c r="G104">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I104">
         <v>3</v>
       </c>
       <c r="J104">
         <v>3</v>
       </c>
       <c r="K104">
         <v>3</v>
       </c>
       <c r="L104">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M104">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N104">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O104">
         <v>1</v>
       </c>
       <c r="P104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R104">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="S104" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:19">
       <c r="A105">
-        <v>7124.14</v>
+        <v>4131.99</v>
       </c>
       <c r="B105" t="s">
         <v>222</v>
       </c>
       <c r="C105" t="s">
         <v>223</v>
       </c>
       <c r="D105">
-        <v>427</v>
+        <v>407</v>
       </c>
       <c r="E105">
         <v>4</v>
       </c>
       <c r="F105">
         <v>3</v>
       </c>
       <c r="G105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H105">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I105">
         <v>3</v>
       </c>
       <c r="J105">
         <v>3</v>
       </c>
       <c r="K105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L105">
         <v>1</v>
       </c>
       <c r="M105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O105">
         <v>1</v>
       </c>
       <c r="P105">
         <v>3</v>
       </c>
       <c r="Q105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R105">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="S105" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="106" spans="1:19">
       <c r="A106">
-        <v>4131.99</v>
+        <v>5132.17</v>
       </c>
       <c r="B106" t="s">
         <v>224</v>
       </c>
       <c r="C106" t="s">
         <v>225</v>
       </c>
       <c r="D106">
-        <v>407</v>
+        <v>443</v>
       </c>
       <c r="E106">
         <v>4</v>
       </c>
       <c r="F106">
         <v>3</v>
       </c>
       <c r="G106">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H106">
         <v>3</v>
       </c>
       <c r="I106">
         <v>3</v>
       </c>
       <c r="J106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N106">
         <v>2</v>
       </c>
       <c r="O106">
         <v>1</v>
       </c>
       <c r="P106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q106">
         <v>2</v>
       </c>
       <c r="R106">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="S106" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107">
-        <v>5132.17</v>
+        <v>8333.08</v>
       </c>
       <c r="B107" t="s">
         <v>226</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107">
-        <v>443</v>
+        <v>332</v>
       </c>
       <c r="E107">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G107">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J107">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K107">
         <v>3</v>
       </c>
       <c r="L107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O107">
         <v>1</v>
       </c>
       <c r="P107">
         <v>2</v>
       </c>
       <c r="Q107">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R107">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="S107" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108">
-        <v>8333.08</v>
+        <v>3141.03</v>
       </c>
       <c r="B108" t="s">
         <v>228</v>
       </c>
       <c r="C108" t="s">
         <v>229</v>
       </c>
       <c r="D108">
-        <v>332</v>
+        <v>440</v>
       </c>
       <c r="E108">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F108">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G108">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H108">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I108">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J108">
         <v>3</v>
       </c>
       <c r="K108">
         <v>3</v>
       </c>
       <c r="L108">
         <v>1</v>
       </c>
       <c r="M108">
         <v>2</v>
       </c>
       <c r="N108">
         <v>1</v>
       </c>
       <c r="O108">
         <v>1</v>
       </c>
       <c r="P108">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q108">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R108">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="S108" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:19">
-      <c r="A109">
-[...2 lines deleted...]
-      <c r="B109" t="s">
+      <c r="B109">
+        <v>6000</v>
+      </c>
+      <c r="C109" t="s">
         <v>230</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109">
-        <v>440</v>
+        <v>650</v>
       </c>
       <c r="E109">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F109">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G109">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H109">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I109">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K109">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L109">
         <v>1</v>
       </c>
       <c r="M109">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N109">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O109">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P109">
         <v>3</v>
       </c>
       <c r="Q109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R109">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="S109" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:19">
       <c r="B110">
         <v>6000</v>
       </c>
       <c r="C110" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D110">
-        <v>650</v>
+        <v>617</v>
       </c>
       <c r="E110">
         <v>6</v>
       </c>
       <c r="F110">
         <v>5</v>
       </c>
       <c r="G110">
         <v>5</v>
       </c>
       <c r="H110">
         <v>3</v>
       </c>
       <c r="I110">
         <v>6</v>
       </c>
       <c r="J110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K110">
         <v>5</v>
       </c>
       <c r="L110">
         <v>1</v>
       </c>
       <c r="M110">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N110">
         <v>3</v>
       </c>
       <c r="O110">
         <v>5</v>
       </c>
       <c r="P110">
         <v>3</v>
       </c>
       <c r="Q110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R110">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="S110" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="111" spans="1:19">
       <c r="B111">
         <v>6000</v>
       </c>
       <c r="C111" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D111">
-        <v>617</v>
+        <v>590</v>
       </c>
       <c r="E111">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F111">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G111">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H111">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I111">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K111">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M111">
         <v>2</v>
       </c>
       <c r="N111">
         <v>3</v>
       </c>
       <c r="O111">
         <v>5</v>
       </c>
       <c r="P111">
         <v>3</v>
       </c>
       <c r="Q111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R111">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="S111" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:19">
       <c r="B112">
         <v>6000</v>
       </c>
       <c r="C112" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D112">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="E112">
         <v>5</v>
       </c>
       <c r="F112">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G112">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H112">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I112">
         <v>5</v>
       </c>
       <c r="J112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K112">
         <v>4</v>
       </c>
       <c r="L112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M112">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N112">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O112">
         <v>5</v>
       </c>
       <c r="P112">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R112">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S112" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="B113">
         <v>6000</v>
       </c>
       <c r="C113" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D113">
         <v>518</v>
       </c>
       <c r="E113">
         <v>5</v>
       </c>
       <c r="F113">
         <v>4</v>
       </c>
       <c r="G113">
         <v>4</v>
       </c>
       <c r="H113">
         <v>4</v>
       </c>
       <c r="I113">
         <v>4</v>
       </c>
       <c r="J113">
         <v>1</v>
       </c>
       <c r="K113">
         <v>5</v>
       </c>