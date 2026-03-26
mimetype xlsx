--- v0 (2025-11-06)
+++ v1 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Ístarf</t>
   </si>
   <si>
     <t>BHM Númer</t>
   </si>
   <si>
     <t>Starfsheiti</t>
   </si>
   <si>
     <t>Stig</t>
   </si>
   <si>
     <t>1. Þekking</t>
   </si>
   <si>
     <t>2. Hugræn færni</t>
   </si>
   <si>
     <t>3. Samskiptafærni</t>
   </si>
   <si>
     <t>4. Líkamleg færni</t>
   </si>
   <si>
@@ -92,90 +92,66 @@
   <si>
     <t>Starfsheiti Popup Text</t>
   </si>
   <si>
     <t>8717-19</t>
   </si>
   <si>
     <t xml:space="preserve">Sundlaugarvörður með tækjastjórn </t>
   </si>
   <si>
     <t>Enter Job title popup text</t>
   </si>
   <si>
     <t>8171-18</t>
   </si>
   <si>
     <t>Sundlaugavörður með vaktstjórn</t>
   </si>
   <si>
     <t>8717-15</t>
   </si>
   <si>
     <t>Þjónustufulltrúi</t>
   </si>
   <si>
-    <t>8717-14</t>
-[...4 lines deleted...]
-  <si>
     <t>8717-2</t>
   </si>
   <si>
     <t>Bókavörður</t>
   </si>
   <si>
     <t>8717-1</t>
   </si>
   <si>
     <t>Bæjarritari</t>
   </si>
   <si>
-    <t>8717-8</t>
-[...4 lines deleted...]
-  <si>
     <t>8717-12</t>
   </si>
   <si>
     <t>Heimaþjónustu kvöld-og helgarþjónusta</t>
-  </si>
-[...10 lines deleted...]
-    <t>Stuðningsfulltrúi á sambýli</t>
   </si>
   <si>
     <t>8717-13</t>
   </si>
   <si>
     <t xml:space="preserve">Tækjastjóri </t>
   </si>
   <si>
     <t>Skólaritari</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -488,51 +464,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S13"/>
+  <dimension ref="A1:S9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -734,576 +710,340 @@
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>1</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>136</v>
       </c>
       <c r="S4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5">
-        <v>4121.18</v>
+        <v>3437.07</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5">
-        <v>521</v>
+        <v>410</v>
       </c>
       <c r="E5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>1</v>
       </c>
       <c r="M5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>1</v>
       </c>
       <c r="R5">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="S5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6">
-        <v>3437.07</v>
+        <v>1120.08</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6">
-        <v>410</v>
+        <v>742</v>
       </c>
       <c r="E6">
+        <v>7</v>
+      </c>
+      <c r="F6">
+        <v>5</v>
+      </c>
+      <c r="G6">
+        <v>6</v>
+      </c>
+      <c r="H6">
+        <v>3</v>
+      </c>
+      <c r="I6">
+        <v>7</v>
+      </c>
+      <c r="J6">
+        <v>1</v>
+      </c>
+      <c r="K6">
+        <v>5</v>
+      </c>
+      <c r="L6">
+        <v>1</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
         <v>4</v>
       </c>
-      <c r="F6">
-[...25 lines deleted...]
-      </c>
       <c r="O6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Q6">
         <v>1</v>
       </c>
       <c r="R6">
-        <v>132</v>
+        <v>179</v>
       </c>
       <c r="S6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7">
-        <v>1120.08</v>
+        <v>5133.14</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7">
-        <v>742</v>
+        <v>404</v>
       </c>
       <c r="E7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H7">
         <v>3</v>
       </c>
       <c r="I7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O7">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P7">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>179</v>
+        <v>131</v>
       </c>
       <c r="S7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8">
-        <v>5139.06</v>
+        <v>5164.1</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8">
-        <v>411</v>
+        <v>436</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="S8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9">
-        <v>5133.14</v>
-[...1 lines deleted...]
-      <c r="B9" t="s">
+        <v>4190.19</v>
+      </c>
+      <c r="B9">
+        <v>8717</v>
+      </c>
+      <c r="C9" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9">
-        <v>404</v>
+        <v>453</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H9">
         <v>3</v>
       </c>
       <c r="I9">
         <v>3</v>
       </c>
       <c r="J9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
         <v>1</v>
       </c>
       <c r="O9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="S9" t="s">
-        <v>21</v>
-[...234 lines deleted...]
-      <c r="S13" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>