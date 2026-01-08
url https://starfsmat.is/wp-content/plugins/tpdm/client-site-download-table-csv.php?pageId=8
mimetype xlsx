--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -71,52 +71,52 @@
   <si>
     <t>9. Áb. á fólki</t>
   </si>
   <si>
     <t>10. Áb. á stjórnun</t>
   </si>
   <si>
     <t>11. Áb. á fjárm</t>
   </si>
   <si>
     <t>12. Áb. á bún</t>
   </si>
   <si>
     <t>13. Vinnuaðstæður</t>
   </si>
   <si>
     <t>Launaflokkur</t>
   </si>
   <si>
     <t>Starfsheiti Popup Text</t>
   </si>
   <si>
     <t>Hafnarvörður/hafnsögumaður</t>
   </si>
   <si>
-    <t>&lt;h3&gt;Hafnarvörður/hafnsögumaður&lt;/h3&gt;
-Gerð er krafa um 2.stigs skipstjórnarréttindi og réttindi til leiðsögu skipa samkvæmt lögum ásamt víðtækri reynslu af skipstjórn. Starfið felur í sér stjórn á hafnarbátum, leiðsögn, stjórn og stýringu á skipum við innsiglingu og um höfnina. Hafnarvörður/Hafnsögumaður ber ábyrgð á viðhaldi á hafnarbátum/dráttarbátum hafnarinnar og er verndarfulltrúi gagnvart hafnarvernd. Hann tryggir að öryggiskröfur sem gerðar eru til hafnarreksturs séu uppfylltar og er tengiliður við aðrar stofnanir. Hafnarvörður/hafnsögumaður fer með verkstjórn annars starfsfólks hafnarinnar.</t>
+    <t>&lt;h3&gt;Hafnsögumaður / Skipstjóri&lt;/h3&gt;
+Gerð er krafa um skipstjórnarréttindi STCW II/2 auk annarra réttinda eins og vélavarðarréttinda, vinnuvélaréttinda og réttinda sem verndarfulltrúi og hafa víðtæka reynslu af skipstjórn. Starfið felur í sér stjórn á hafnarbátum, leiðsögn og stjórn umferðar skipa um höfnina og leiðsögn/stýringu á skipum við innsiglingu í höfn. Einnig sinnir hafnsögumaður ráðstöfun leguplássa og skipulagi báta við höfnina. Hafnsögumaður ber ábyrgð á viðhaldi á hafnarbátum/dráttarbátum hafnarinnar og er verndarfulltrúi gagnvart hafnarvernd. Hann tryggir að öryggiskröfur sem gerðar eru til hafnarreksturs séu uppfylltar og er tengiliður við Tollgæslu, Útlendingastofnun, Samgöngustofu og aðrar stofnanir varðar skipakomur. Mannauðsstjórnun er viðvarandi hluti af starfi hafnsögumanns.</t>
   </si>
   <si>
     <t>Hafnarvörður</t>
   </si>
   <si>
     <t>&lt;h3&gt;Hafnarvörður&lt;/h3&gt;
 Gerð er krafa um nokkra starfs- og/eða stjórnunarreynslu sem nýtist í starfi ásamt góðri verkkunnáttu við stjórnun viðeigandi véla og tækjabúnaðar. Hafnarvörður sinnir viðhaldi við hafnarbakka og á hafnarmannvirkjum eftir þörfum. Hafnarvörður sinnir vigtun sjávarafla og skráir í gagnagrunn Fiskistofu og hefur til þess tilskilin réttindi.</t>
   </si>
   <si>
     <t>Yfirhafnarvörður</t>
   </si>
   <si>
     <t>&lt;h3&gt;Yfirhafnarvörður&lt;/h3&gt;
 &lt;span class=\"ui-provider a b c d e f g h i j k l m n o p q r s t u v w x y z ab ac ae af ag ah ai aj ak\" dir=\"ltr\"&gt;Gerð er krafa um 2.stigs skipstjórnarréttindi í starfi ásamt víðtækri starf- og stjórnunarreynslu. Yfirhafnarvörður sinnir daglegum rekstri hafnarinnar og hefur mannaforráð. Yfirhafnarvörður sinnir eftirliti með skipum, sinnir móttöku þeirra og samskiptum við stofnanir vegna skipakoma.  Yfirhafnarvörður er verndarfulltrúi hafnarinnar og sinnir vigtun sjávarafla (löggiltur vigtamaður), skráir í gagnagrunn Fiskistofu og hefur til þess tilskilin réttindi.&lt;/span&gt;</t>
   </si>
   <si>
     <t>Hafnarverkamaður</t>
   </si>
   <si>
     <t>&lt;h3&gt;Hafnarverkamaður&lt;/h3&gt;
 Gerð er krafa um almenna verkkunnáttu og starfsþjálfun á vinnustað. Hafnarverkamaður sinnir almennum verkamannastörfum við höfnina s.s. minniháttar viðhald, snjómokstur og þrif á hafnarsvæðum. Starfið fer að mestu leyti fram utandyra.</t>
   </si>
 </sst>
 </file>
 
@@ -513,93 +513,93 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>5169.46</v>
       </c>
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2">
-        <v>535</v>
+        <v>574</v>
       </c>
       <c r="D2">
         <v>5</v>
       </c>
       <c r="E2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F2">
         <v>4</v>
       </c>
       <c r="G2">
         <v>4</v>
       </c>
       <c r="H2">
         <v>4</v>
       </c>
       <c r="I2">
         <v>3</v>
       </c>
       <c r="J2">
         <v>4</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N2">
         <v>1</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="R2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>5169.08</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3">
         <v>430</v>
       </c>
       <c r="D3">
         <v>3</v>
       </c>
       <c r="E3">
         <v>3</v>
       </c>
       <c r="F3">
         <v>3</v>
       </c>
       <c r="G3">